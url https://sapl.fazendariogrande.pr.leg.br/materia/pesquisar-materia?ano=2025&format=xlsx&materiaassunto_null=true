--- v0 (2025-12-22)
+++ v1 (2026-02-06)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9920" uniqueCount="4368">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="9956" uniqueCount="4383">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -7447,50 +7447,59 @@
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10088/projeto_de_lei_066-2025_executivo.pdf</t>
   </si>
   <si>
     <t>“Fixa o percentual a título de revisão geral anual da remuneração dos servidores públicos municipais de Fazenda Rio Grande, conforme especifica”.</t>
   </si>
   <si>
     <t>10187</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10187/projeto_de_lei_067-2025_executivo.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre os procedimentos de avaliação, classificação, doação, repasse, inutilização ou descarte de livros e demais materiais bibliográficos pertencentes às Bibliotecas Públicas do Município de Fazenda Rio Grande, e confere outras providências.</t>
   </si>
   <si>
     <t>10188</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10188/projeto_de_lei_068-2025_executivo.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo Municipal, por meio da Companhia de Desenvolvimento de Fazenda Rio Grande – CODEF, a realizar doação de área que especifica e confere outras providências”.</t>
   </si>
   <si>
+    <t>10256</t>
+  </si>
+  <si>
+    <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10256/projeto_de_lei_069-2025_executivo.pdf</t>
+  </si>
+  <si>
+    <t>“Autoriza a criação de inscrição própria no Cadastro Nacional de Pessoa Jurídica - CNPJ para a Secretaria Municipal de Educação, visando à gestão direta das contas e recursos do Fundo de Manutenção e Desenvolvimento da Educação Básica – FUNDEB, e confere outras providências”.</t>
+  </si>
+  <si>
     <t>10220</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10220/projeto_de_lei_070-2025_executivo.pdf</t>
   </si>
   <si>
     <t>Abertura de crédito adicional suplementar no Orçamento Geral do Município para o exercício de 2025, no valor de R$262.367,61(duzentos e sessenta e dois mil, trezentos e sessenta e sete reais e sessenta e um centavos).</t>
   </si>
   <si>
     <t>9015</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9015/projeto_de_lei_002-2025_legislativo.pdf</t>
   </si>
   <si>
     <t>“Institui o uso do cartão corporativo no Poder Legislativo de Fazenda Rio Grande, e dá outras providências”.</t>
   </si>
   <si>
     <t>8998</t>
@@ -13578,59 +13587,77 @@
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10158/ata_da_34a_sessao_ordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>ATA da 34ª Sessão Ordinária de 2025</t>
   </si>
   <si>
     <t>10191</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10191/ata_da_35a_sessao_ordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>Ata da 35ª Sessão Ordinária de 2025</t>
   </si>
   <si>
     <t>10192</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10192/ata_da_36a_sessao_ordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>Ata da 36ª Sessão Ordinária de 2025</t>
   </si>
   <si>
+    <t>10253</t>
+  </si>
+  <si>
+    <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10253/ata_da_37a_sessao_ordinaria_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>ATA da 37ª Sessão Ordinária de 2025</t>
+  </si>
+  <si>
     <t>10223</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10223/ata_da_38a_sessao_ordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>Ata da 38ª Sessão Ordinária de 2025</t>
   </si>
   <si>
+    <t>10252</t>
+  </si>
+  <si>
+    <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10252/ata_da_39a_sessao_ordinaria_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>ATA da 39ª Sessão Ordinária de 2025</t>
+  </si>
+  <si>
     <t>9005</t>
   </si>
   <si>
     <t>ASE</t>
   </si>
   <si>
     <t>Ata de Sessão Extraordinária</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9005/ata_da_01a_sessao_extraordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>Ata da 01ª Sessão Extraordinária de 2025</t>
   </si>
   <si>
     <t>9215</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9215/ata_da_02a_sessao_extraordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>Ata da 02ª Sessão Extraordinária de 2025</t>
   </si>
   <si>
     <t>9395</t>
@@ -13690,50 +13717,68 @@
     <t>10160</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10160/ata_da_09a_sessao_extraordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>ATA da 09ª Sessão Extraordinária de 2025</t>
   </si>
   <si>
     <t>10222</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10222/ata_da_10a_sessao_extraordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>ATA da 10ª Sessão Extraordinária de 2025</t>
   </si>
   <si>
     <t>10224</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10224/ata_da_11a_sessao_extraordinaria_de_2025.pdf</t>
   </si>
   <si>
     <t>Ata da 11ª Sessão Extraordinária de 2025</t>
+  </si>
+  <si>
+    <t>10254</t>
+  </si>
+  <si>
+    <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10254/ata_da_12a_sessao_extraordinaria_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>ATA da 12ª Sessão Extraordinária de 2025</t>
+  </si>
+  <si>
+    <t>10255</t>
+  </si>
+  <si>
+    <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10255/ata_da_13a_sessao_extraordinaria_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>ATA da 13ª Sessão Extraordinária de 2025</t>
   </si>
   <si>
     <t>9576</t>
   </si>
   <si>
     <t>PCEM</t>
   </si>
   <si>
     <t>Prestação de Contas do Executivo Municipal</t>
   </si>
   <si>
     <t>Comissão Per. Finanças, Orçamentos Fiscalização e Controle</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9576/contasss.pdf</t>
   </si>
   <si>
     <t>Prestação de Contas do Poder Executivo Municipal - Exercício Financeiro de 2021._x000D_
 Parecer n°030/2025 Comissão de Finanças, Orçamentos, Fiscalização e Controle.</t>
   </si>
   <si>
     <t>10225</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10225/prestacao_de_contas_do_poder_executivo_municipal_-_exercicio_financeiro_de_2013.pdf</t>
@@ -14286,56 +14331,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9000/indicacao_001-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8969/indicacao_002-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8971/indicacao_003-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8993/indicacao_004-2025_vera._andreia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9010/indicacao_005-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8991/indicacao_006-2025_ver._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8989/indicacao_007-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8996/indicacao_008-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8997/indicacao_009-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9001/indicacao_010-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9008/indicacao_011-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9029/doc05495120250206154732.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9020/indicacao_013-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9030/indicacao_014-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9032/indicacao_015-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9022/indicacao_016-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9034/indicacao_017-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9024/indicacao_018-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9026/indicacao_019-2025_ver._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9036/indicacao_020-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9039/indicacao_021-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9037/indicacao_022-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9041/indicacao_023-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9065/indicacao_024-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9049/indicacao_025-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9053/indicacao_026-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9067/indicacao_027-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9055/indicacao_028-2025_ver._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9069/indicacao_029-2025_ver._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9057/indicacao_030-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9060/indicacao_031-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9064/indicacao_032-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9062/indicacao_033-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9059/indicacao_034-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9077/indicacao_035-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9086/indicacao_036-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9081/indicacao_037-2025_ver._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9076/indicacao_038-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9079/indicacao_039-2025_ver._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9085/indicacao_040-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9083/indicacao_041-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9091/indicacao_042-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9088/indicacao_043-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9093/indicacao_044-2025_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9090/indicacao_045-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9096/indicacao_046-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9119/indicacao_047-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9130/indicacao_048-2025_ver._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9101/indicacao_049-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9106/indicacao_051-2025_varios_vereadores..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9107/indicacao_051-2025_varios_vereadores..pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9112/indicacao_052-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9108/indicacao_053-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9116/indicacao_054-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9113/indicacao_055-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9121/indicacao_056-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9122/indicacao_057-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9125/indicacao_058-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9126/indicacao_059-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9127/indicacao_060-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9128/indicacao_061-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9144/indicacao_062-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9145/indicacao_063-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9146/indicacao_064-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9147/indicacao_065-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9148/indicacao_066-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9149/indicacao_067-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9150/indicacao_068-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9151/indicacao_069-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9152/indicacao_070-2025_ver._prof._helio.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9158/indicacao_071-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9159/indicacao_072-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9153/indicacao_073-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9154/indicacao_074-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9155/indicacao_075-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9177/indicacao_076-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9167/indicacao_077-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9164/indicacao_078-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9184/indicacao_079-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9163/indicacao_080-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9166/indicacao_081-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9173/indicacao_082-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9186/indicacao_083-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9169/indicacao_084-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9180/indicacao_085-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9175/indicacao_086-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9182/indicacao_087-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9183/indicacao_088-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9217/indicacao_089-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9192/indicacao_090-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9199/indicacao_091-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9205/indicacao_092-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9212/indicacao_093-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9198/indicacao_094-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9196/indicacao_095-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9202/indicacao_096-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9210/indicacao_097-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9203/indicacao_098-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9207/indicacao_099-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9218/indicacao_100-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9214/indicacao_101-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9222/indicacao_102-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9221/indicacao_103-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9226/indicacao_104-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9224/indicacao_105-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9219/indicacao_106-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9229/indicacao_107-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9234/indicacao_108-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9228/indicacao_109-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9236/indicacao_110-2025_enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9232/indicacao_111-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9235/indicacao_112-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9240/indicacao_113-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9242/indicacao_114-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9248/indicacao_115-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9254/indicacao_116-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9250/indicacao_117-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9257/indicacao_118-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9252/indicacao_119-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9270/indicacao_120-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9256/indicacao_121-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9264/indicacao_122-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9262/indicacao_123-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9266/indicacao_124-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9267/indicacao_125-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9271/indicacao_126-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9274/indicacao_127-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9277/indicacao_128-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9279/indicacao_129-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9285/indicacao_130-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9284/indicacao_131-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9280/indicacao_132-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9305/indicacao_133-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9282/indicacao_134-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9291/indicacao_135-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9287/indicacao_136-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9290/indicacao_137-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9299/indicacao_138-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9293/indicacao_139-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9295/indicacao_140-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9297/indicacao_141-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9329/indicacao_142-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9308/indicacao_143-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9310/indicacao_144-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9328/indicacao_145-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9312/indicacao_146-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9313/indicacao_147-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9317/indicacao_148-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9318/indicacao_149-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9322/indicacao_150-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9321/indicacao_151-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9324/indicacao_152-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9326/indicacao_153-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9336/indicacao_154-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9346/indicacao_155-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9332/indicacao_156-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9335/indicacao_157-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9343/indicacao_158-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9341/indicacao_159-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9339/indicacao_160-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9358/indicacao_161-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9350/indicacao_162-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9348/indicacao_163-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9355/indicacao_164-2025_ver._professor_leo.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9363/indicacao_165-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9354/indicacao_166-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9359/indicacao_167-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9382/indicacao_168-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9369/indicacao_169-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9367/indicacao_170-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9370/indicacao_171-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9379/indicacao_172-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9377/indicacao_173-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9381/indicacao_174-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9372/indicacao_175-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9375/indicacao_176-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9387/indicacao_177-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9386/indicacao_178-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9384/indicacao_179-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9405/indicacao_180-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9420/indicacao_181-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9397/indicacao_182-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9401/indicacao_183-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9400/indicacao_184-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9413/indicacao_185-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9410/indicacao_186-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9407/indicacao_187-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9404/indicacao_188-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9412/indicacao_189-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9415/indicacao_190-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9418/indicacao_191-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9433/indicacao_192-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9431/indicacao_193-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9438/indicacao_194-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9429/indicacao_195-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9453/indicacao_196-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9439/indicacao_197-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9437/indicacao_198-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9442/indicacao_199-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9444/indicacao_200-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9447/indicacao_201-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9446/indicacao_202-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9450/indicacao_203-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9467/indicacao_204-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9511/indicacao_205-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9461/indicacao_206-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9478/indicacao_207-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9466/indicacao_209-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9464/indicacao_210-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9459/indicacao_211-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9473/indicacao_212-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9463/indicacao_213-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9457/indicacao_214-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9469/indicacao_215-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9481/indicacao_216-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9474/indicacao_217-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9483/indicacao_218-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9480/indicacao_219-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9482/indicacao_220-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9498/indicacao_221-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9489/indicacao_222-2025_ver._prof._helio.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9519/indicacao_223-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9503/indicacao_224-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9494/indicacao_225-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9492/indicacao_226-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9502/indicacao_227-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9506/indicacao_228-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9496/indicacao_229-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9517/indicacao_230-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9515/indicacao_231-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9501/indicacao_232-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9510/indicacao_233-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9542/indicacao_234-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9524/indicacao_235-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9525/indicacao_236-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9532/indicacao_237-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9527/indicacao_238-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9529/indicacao_239-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9536/indicacao_240-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9534/indicacao_241-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9540/indicacao_242-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9538/indicacao_243-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9533/indicacao_244-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9544/indicacao_245-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9545/indicacao_246-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9553/indicacao_247-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9572/indicacao_248-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9561/indicacao_249-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9551/indicacao_250-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9552/indicacao_251-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9556/indicacao_252-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9557/indicacao_253-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9559/indicacao_254-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9573/indicacao_255-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9569/indicacao_256-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9563/indicacao_257-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9571/indicacao_258-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9565/indicacao_259-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9567/indicacao_260-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9595/indicacao_261-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9588/indicacao_262-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9589/indicacao_263-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9615/indicacao_264-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9622/indicacao_265-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9594/indicacao_266-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9592/indicacao_267-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9596/indicacao_268-2025_ver._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9599/indicacao_269-2025_ver._prof._helio.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9606/indicacao_270-2025_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9609/indicacao_271-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9611/indicacao_272-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9613/indicacao_273-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9624/indicacao_274-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9619/indicacao_275-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9636/indicacao_276-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9650/indicacao_277-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9632/indicacao_278-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9626/indicacao_279-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9631/indicacao_280-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9635/indicacao_281-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9634/indicacao_282-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9643/indicacao_283-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9651/requerimento_274-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9641/indicacao_285-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9646/indicacao_286-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9647/indicacao_287-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9683/indicacao_288-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9665/indicacao_289-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9659/indicacao_290-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9663/indicacao_291-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9662/indicacao_292-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9673/indicacao_293-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9689/indicacao_294-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9669/indicacao_295-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9671/indicacao_296-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9681/indicacao_297-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9666/indicacao_298-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9675/indicacao_299-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9677/indicacao_300-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9680/indicacao_301-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9701/indicacao_302-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9699/indicacao_303-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9726/indicacao_304-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9697/indicacao_305-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9704/indicacao_306-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9707/indicacao_307-2025_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9729/indicacao_308-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9712/indicacao_309-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9718/indicacao_310-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9710/indicacao_311-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9721/indicacao_312-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9725/indicacao_313-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9724/indicacao_314-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9738/indicacao_315-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9736/indicacao_316-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9742/indicacao_317-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9740/indicacao_318-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9751/indicacao_319-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9735/indicacao_320-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9731/indicacao_321-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9734/indicacao_322-2025_ver._esiquiel_franco_2.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9744/indicacao_323-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9746/indicacao_324-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9755/indicacao_325-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9749/indicacao_326-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9772/indicacao_327-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9763/indicacao_328-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9779/indicacao_329-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9765/indicacao_330-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9767/indicacao_331-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9761/indicacao_332-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9783/indicacao_333-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9776/indicacao_334-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9769/indicacao_335-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9778/indicacao_336-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9780/indicacao_337-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9782/indicacao_338-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9785/indicacao_339-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9798/indicacao_340-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9807/indicacao_341-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9796/indicacao_342-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9794/indicacao_343-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9810/indicacao_344-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9789/indicacao_345-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9805/indicacao_346-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9792/indicacao_347-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9800/indicacao_348-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9801/indicacao_349-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9815/indicacao_350-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9812/indicacao_351-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9821/indicacao_352-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9834/indicacao_353-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9826/indicacao_354-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9832/indicacao_355-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9829/indicacao_356-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9835/indicacao_357-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9828/indicacao_358-2025_ver._eziquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9831/indicacao_359-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9824/indicacao_360-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9837/indicacao_361-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9849/indicacao_362-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9844/indicacao_363-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9846/indicacao_364-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9851/indicacao_365-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9852/indicacao_366-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9881/indicacao_367-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9870/indicacao_368-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9871/indicacao_369-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9859/indicacao_370-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9879/indicacao_371-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9867/indicacao_372-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9864/indicacao_373-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9877/indicacao_374-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9874/indicacao_375-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9887/indicacao_376-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9875/indicacao_377-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9880/indicacao_378-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9884/indicacao_379-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9892/indicacao_380-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9894/indicacao_381-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9899/indicacao_382-2025_vera._thauana_padilha_page-0001.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9898/indicacao_383-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9920/indicacao_384-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9902/indicacao_385-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9916/indicacao_386-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9907/indicacao_387-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9911/indicacao_388-2025_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9914/indicacao_389-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9912/indicacao_390-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9908/indicacao_391-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9917/indicacao_392-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9949/indicacao_393-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9936/indicacao_394-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9937/indicacao_395-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9930/indicacao_396-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9925/indicacao_397-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9926/indicacao_398-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9935/indicacao_399-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9928/indicacao_400-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9933/indicacao_401-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9940/indicacao_402-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9953/indicacao_403-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9957/indicacao_404-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9952/indicacao_405-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9965/indicacao_406-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9970/indicacao_407-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9963/indicacao_408-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9982/indicacao_409-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9960/indicacao_410-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9966/indicacao_411-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9971/indicacao_412-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9968/indicacao_413-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9975/indicacao_414-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9980/indicacao_415-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9978/indicacao_416-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9977/indicacao_417-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9984/indicacao_418-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9994/indicacao_419-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10003/indicacao_420-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9995/indicacao_421-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10010/indicacao_422-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10000/indicacao_423-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10008/indicacao_424-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10002/indicacao_425-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9998/indicacao_426-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10005/indicacao_427-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10022/indicacao_428-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10006/indicacao_429-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10014/indicacao_430-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10012/indicacao_431-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10048/indicacao_432-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10060/indicacao_433-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10039/indicacao_434-2025_ver._professo_helio.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10037/indicacao_435-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10026/indicacao_436-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10028/indicacao_437-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10040/indicacao_438-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10031/indicacao_439-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10055/indicacao_440-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10033/indicacao_441-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10045/indicacao_442-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10046/indicacao_443-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10051/indicacao_444-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10056/indicacao_445-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10074/indicacao_446-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10062/indicacao_447-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10068/indicacao_448-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10093/indicacao_449-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10070/indicacao_450-205_ver._professor_helio..pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10076/indicacao_451-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10067/indicacao_452-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10072/indicacao_453-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10065/indicacao_454-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10078/indicacao_455-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10080/indicacao_456-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10082/indicacao_457-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10085/indicacao_458-2025_ver._professor_fabiano.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10095/indicacao_459-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10097/indicacao_460-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10120/indicacao_461-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10099/indicacao_462-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10105/indicacao_463-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10127/indicacao_464-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10101/indicacao_465-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10103/indicacao_466-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10116/indicacao_467-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10114/indicacao_468-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10104/indicacao_469-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10107/indicacao_470-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10111/indicacao_471-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10109/indicacao_472-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10118/indicacao_473-2025_ver._professor_fabiano.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10131/indicacao_474-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10130/indicacao_475-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10129/indicacao_476-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10133/indicacao_477-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10141/indicacao_478-2025_ver._professor_fabiano.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10147/indicacao_479-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10139/indicacao_480-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10134/indicacao_481-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10152/indicacao_482-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10143/indicacao_483-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10145/indicacao_484-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10150/indicacao_485-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10176/indicacao_486-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10161/indicacao_487-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10171/indicacao_488-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10163/indicacao_489-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10164/indicacao_490-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10165/indicacao_491-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10172/indicacao_492-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10166/indicacao_493-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10175/indicacao_494-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10183/indicacao_495-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10181/indicacao_496-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10179/indicacao_497-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10186/indicacao_498-2025_ver._professor_fabiano.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10213/indicacao_499-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10193/indicacao_500-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10211/indicacao_501-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10196/indicacao_502-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10197/indicacao_503-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10205/indicacao_504-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10199/indicacao_505-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10209/indicacao_506-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10207/indicacao_507-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10201/indicacao_508-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10203/indicacao_509-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10215/indicacao_510-2025_ver._professor_fabiano.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10218/indicacao_511-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9004/mocao_001-2025_mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9206/mocao_de_aplausos_002-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9245/mocao_003-2025_-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9352/mocao_n_004-2025_mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9306/mocao_005-2025_mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9434/mocao_006-2025_mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9516/mocao_007-2025_repudio.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9520/mocao_009-2025_aplausos.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9790/mocao_010-2025_aplausos.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9808/mocao_011-2025_aplausos.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8987/projeto_de_decreto_legislativo_001-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9044/projeto_de_decreto_02-2025_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9616/projeto_de_decreto_legislativo_003-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9393/projeto_de_decreto_legislativo_004-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9394/projeto_de_decreto_legislativo_005-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9855/projeto_de_decreto_006-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9856/projeto_de_decreto_007-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10217/projeto_de_decreto_legislativo_008-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9014/projeto_de_lei_complementar_001-2025.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9074/protocolo_projeto_de_lei_complementar_002-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9133/projeto_de_lei_complementar_003-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9247/projeto_de_lei_complementar_004-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9275/projeto_de_lei_complementar_005-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9300/projeto_de_lei_complementar_006-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9303/projeto_de_lei_complementar_007-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9362/projeto_de_lei_complementar_008-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9390/projeto_de_lei_complementar_009-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9424/projeto_de_lei_complementar_010-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9655/projeto_de_lei_complementar_012-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9854/projeto_de_lei_complementar_013-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10089/projeto_de_lei_complementar_014-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10042/projeto_de_lei_complementar_015-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10090/projeto_de_lei_complementar_016-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10140/projeto_de_lei_complementar_017-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10156/projeto_de_lei_complementar_018-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10189/projeto_de_lei_complementar_020-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10190/projeto_de_lei_complementar_021-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10221/projeto_de_lei_complementar_022-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9016/projeto_de_lei_complementar_001-2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9017/projeto_de_lei_complementar_002-2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9018/projeto_de_lei_complementar_003-2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9188/projeto_de_lei_complementar_n_004-2025_-_mesa_diretiva.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9449/projeto_de_lei_complementar_005-2025_mesa_diretiva.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9723/projeto_de_lei_complementar_006-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9822/projeto_de_lei_complementar_007-2025_-mesa_diretiva.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9003/projeto_de_lei_001-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9070/projeto_de_lei_002-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9072/projeto_de_lei_003-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9073/projeto_de_lei_004-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9087/projeto_de_lei_05-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9131/projeto_de_lei_006-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9132/projeto_de_lei_007-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9189/projeto_de_lei_n._008.2025-_em_regime_de_urgencia_rovaga_a_lei_n._1841_de_30_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9302/projeto_de_lei_009-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9331/projeto_de_lei_010-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9361/projeto_de_lei_011-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9425/projeto_de_lei_014-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9421/projeto_de_lei_015-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9422/pl_016__parecer_final_sapl.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9486/projeto_de_lei_017-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9521/projeto_de_lei_018-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9522/projeto_de_lei_019-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9579/projeto_de_lei_020-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9548/projeto_de_lei_023-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9841/projeto_de_lei_024-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9580/projeto_de_lei_025-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9577/projeto_de_lei_026-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9947/projeto_de_lei_027-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9578/projeto_de_lei_028-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9581/projeto_de_lei_029-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9628/projeto_de_lei_030-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9582/projeto_de_lei_031-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9686/projeto_de_lei_032-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9687/projeto_de_lei_033-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9688/projeto_de_lei_034-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9583/projeto_de_lei_035-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9587/projeto_de_lei_036-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9706/projeto_de_lei_037-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9605/projeto_de_lei_038-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9708/projeto_de_lei_039-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9693/projeto_de_lei_040-2025_executivo_ldo.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9691/projeto_de_lei_041-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9692/projeto_de_lei_042-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9753/projeto_de_lei_043-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9786/projeto_de_lei_044-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9818/projeto_de_lei_045-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9787/projeto_de_lei_046-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9948/projeto_de_lei_047-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9890/projeto_de_lei_048-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10017/projeto_de_lei_049-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10058/projeto_de_lei_050-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10024/projeto_de_lei_052-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10057/projeto_de_lei_053-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9989/projeto_de_lei_054-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9988/projeto_de_lei_055-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10086/projeto_de_lei_056-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10044/projeto_de_lei_057-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10016/projeto_de_lei_058-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10018/projeto_de_lei_060-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10019/projeto_de_lei_061-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10053/projeto_de_lei_062-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10059/projeto_de_lei_063-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10020/projeto_de_lei_064-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10087/projeto_de_lei_065-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10088/projeto_de_lei_066-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10187/projeto_de_lei_067-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10188/projeto_de_lei_068-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10220/projeto_de_lei_070-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9015/projeto_de_lei_002-2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8998/projeto_de_lei_003-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9103/projeto_lei_005-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9117/projeto_de_lei_006-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9129/projeto_de_lei_007-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9165/projeto_de_lei_n_008-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9344/projeto_de_lei_011-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9380/projeto_de_lei_012-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9423/projeto_de_lei_014-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9426/projeto_de_lei_015-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9505/projeto_de_lei_017-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9471/projeto_de_lei_018-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9487/projeto_de_lei_019-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9491/projeto_de_lei_020-2025_ver._prof._helio.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9574/projeto_de_lei_021-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10043/projeto_de_lei_022-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9617/projeto_de_lei_023-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9618/projeto_de_lei_024-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9620/projeto_de_lei_025-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9645/projeto_de_lei_026-2025_ver._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9658/projeto_de_lei_no027-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9685/projeto_de_lei_028-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9703/projeto_de_lei_030-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9705/projeto_de_lei_031-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9728/projeto_de_lei_032-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9817/projeto_de_lei_033-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9869/projeto_de_lei_034-2025_ver._joeiton_leal.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9840/projeto_de_lei_035-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9889/projeto_de_lei_036-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9958/projeto_de_lei_037-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9868/projeto_de_lei_042-2025_ver._joeiton_leal.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9909/projeto_de_lei_043-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9921/projeto_de_lei_044-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9922/projeto_de_lei_045-2025_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10124/projeto_de_lei_046-2025_mesa_diretiva.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9939/projeto_de_lei_047-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9973/projeto_de_lei_048-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10113/projeto_de_lei_049-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10123/projeto_de_lei_050-2025_mesa_direitva.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10121/projeto_de_lei_051-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9071/projeto_de_resolucao_001-2025_mesa_diretiva.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9160/projeto_de_resolucao_002-2025_mesa_diretiva.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9819/projeto_de_resolucao_003-2025_mesa_dieretiva.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10126/projeto_de_resolucao__004-2025_mesa_diretiva.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8994/requerimento_001-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8999/requerimento_002-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8970/requerimento_003-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9009/requerimento_004-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9021/requerimento_005-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8990/indicacao_006-2025_ver._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8972/requerimento_007-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8992/requerimento_008-2025_vera._andreia.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8988/requerimento_009-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8995/requerimento_010-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9002/requerimento_011-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9007/requerimento_012-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9028/requerimento_013-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9043/requerimento_014-2025_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9031/requerimento_015-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9019/requerimento_016-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9027/requerimento_017-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9033/requerimento_019-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9023/requerimento_020-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9035/requerimento_021-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9025/requerimento_022-2025_ver._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9040/requerimento_023-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9038/requerimetno_024-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9042/requerimento_025-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9045/requerimento_026-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9066/requerimento_027-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9051/requerimento_028-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9050/requerimento_029-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9052/requerimento_030-2025_ver._professor_fabiano_fuba.docx" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9056/requerimento_031-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9048/requerimento_032-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9054/requerimento_033-2025_ver._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9068/requerimento_034-2025_ver._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9061/requerimento_035-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9063/requerimento_036-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9098/requerimento_037-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9080/requerimento_038-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9082/requerimento_039-2025_ver._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9075/requerimento_040-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9078/requerimento_041-2025_ver._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9094/requerimento_042-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9095/requerimento_043-2025_ver._enferiero_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9092/requerimento_044-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9089/requerimento_045-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9097/requerimento_046-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9118/requerimento_047-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9124/requerimento_048-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9102/requerimento_050-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9105/requerimento_051-2025_ver._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9104/requerimento_052-2025_ver._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9111/requerimento_053-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9109/requerimento_054-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9114/requerimento_055-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9115/requerimento_056-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9120/requerimento_057-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9123/requerimento_058-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9134/requerimento_060-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9157/requerimento_061-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9135/requerimento_062-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9136/requerimento_063-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9137/requerimento_064-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9138/requerimento_065-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9139/requerimento_066-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9140/requerimento_067-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9156/requerimento_068-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9141/requerimento_069-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9142/requerimento_070-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9143/requerimento_071-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9168/requerimento_072-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9178/requerimento_073-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9185/requerimento_074-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9162/requerimento_075-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9172/requerimento_076-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9179/requerimento_077-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9174/requerimento_078-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9170/requerimento_079-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9187/requerimento_080-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9181/requerimento_081-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9176/requerimento_082-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9171/requerimento_083-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9208/requerimento_084-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9216/requerimento_085-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9197/requerimento_086-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9204/requerimento_087-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9209/requerimento_088-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9211/requerimento_089-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9193/requerimento_090-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9201/requerimento_091-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9195/requerimento_092-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9194/requerimento_093-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9200/requerimento_094-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9213/requerimento_095-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9223/requerimento_096-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9225/requerimento_097-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9244/requerimento_098-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9220/requerimento_099-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9231/requerimento_100-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9227/requerimento_101-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9230/requerimento_102-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9233/requerimento_103-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9239/requerimento_104-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9237/requerimento_105-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9238/requerimento_106-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9243/requerimento_107-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9259/requerimento_108-2025_varios_vereadores..pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9263/requerimento_109-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9255/requerimento_110-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9251/requerimento_111-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9249/requerimento_112-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9260/requerimento_113-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9253/requerimento_114-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9273/requerimento_115-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9258/requerimento_116-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9261/requerimento_117-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9265/requerimento_118-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9269/requerimento_119-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9268/requerimento_120-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9272/requerimento_121-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9276/requerimento_123-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9278/requerimento_124-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9286/requerimento_125-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9281/requerimento_126-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9304/requerimento_127-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9283/requerimento_128-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9289/requerimento_129-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9288/requerimento_130-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9298/requerimento_131-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9292/requerimento_132-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9294/requerimento_133-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9296/requerimento_134-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9301/requerimetno_135-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9311/requerimento_136-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9330/requerimento_137-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9307/requerimento_138-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9314/requerimento_139-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9315/requerimento_140-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9316/requerimento_141-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9319/requerimento_142-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9320/requerimento_143-2025_ver._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9327/requerimento_144-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9323/requerimento_145-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9325/requerimento_146-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9337/requerimento_147-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9334/requerimento_148-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9338/requerimento_149-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9347/requerimento_150-2025_vera_marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9333/requerimento_151-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9351/requerimento_152-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9342/requerimento_153-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9340/requerimento_154-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9360/requerimento_155-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9349/requerimento_156-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9353/requerimento_157-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9356/requerimento_158-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9364/requerimento_159-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9357/requerimento_160-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9365/requerimento_161-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9366/requerimento_162-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9383/requerimento_163-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9406/requerimento_164-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9378/requerimento_165-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9371/requerimento_166-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9368/requerimento_167-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9373/requerimento_168-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9374/requerimento_169-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9376/requerimento_170-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9385/requerimento_171-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9388/requerimento_172-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9392/requerimento_173-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9416/requerimento_174-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9435/requerimento_175-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9398/requerimento_176-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9408/requerimento_177-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9399/requerimento_178-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9414/requerimento_179-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9402/requerimento_180-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9403/requerimento_181-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9409/requerimento_182-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9417/requerimento_183-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9411/requerimento_184-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9419/requerimento_185-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9441/requerimento_186-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9428/requerimento_187-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9432/requerimento_188-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9430/requerimento_189-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9454/requerimento_190-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9436/requerimento_191-2025_ver._enfermeiro_ze_carlos.docx" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9440/requerimento_192-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9445/requerimento_193-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9443/requerimento_194-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9448/requerimento_195-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9451/requerimento_196-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9452/requerimento_197-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9462/requerimento_198-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9460/requerimento_199-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9468/requerimento_200-2021_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9512/requerimento_201-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9513/requerimento_202-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9465/requerimento_203-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9458/rquerimento_204-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9472/requerimento_205-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9456/requerimento_206-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9470/requerimento_207-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9485/requerimento_208-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9475/requerimento_209-2025_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9484/requerimento_210-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9477/requerimento_211-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9476/requerimento_212-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9479/requerimento_213-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9488/requerimento_215-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9514/requerimento_216-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9490/requerimento_217-2025_ver._prof._helio.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9500/requerimento_218-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9493/requerimento_219-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9504/requerimento_220-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9508/requerimento_221-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9495/requerimento_222-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9499/requerimento_223-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9507/requerimento_224-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9497/requerimento_225-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9509/requerimento_226-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9518/requerimento_227-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9523/requerimento_228-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9526/requerimento_229-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9550/requerimento_230-2025_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9549/requerimento_231-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9528/requerimento_232-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9530/requerimento_233-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9537/requerimento_234-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9531/requerimento_235-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9541/requerimento_236-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9535/requerimento_237-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9546/requerimento_238-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9539/requerimento_239-2025_vera.thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9543/requerimento_240-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9547/requerimento_241-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9554/requerimento_242-2025_vera_deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9562/requerimento_243-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9555/requerimento_244-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9610/requerimento_245-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9558/requerimento_246-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9560/requerimento_247-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9575/requerimento_248-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9570/requerimento_249-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9564/requerimento_250-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9566/requerimento_251-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9568/requerimento_252-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9614/requerimento_253-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9584/requerimento_254-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9585/requerimento_255-2025_varias_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9586/requerimento_256-2025_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9591/requerimento_257-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9590/requerimento_258-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9621/requerimento_260-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9593/requerimento_261-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9597/requerimento_262-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9598/requerimento_263-2025_ver._prof._helio.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9607/requerimento_264-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9608/requerimento_265-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9612/requerimento_266-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9623/requerimento_267-2025_vera._marilda_garica.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9637/requerimento_268-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9629/requerimento_269-2025_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9630/requerimento_270-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9633/requerimento_271-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9627/requerimento_272-2025__ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9652/requerimento_273-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9648/requerimento_274-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9644/requerimento_275-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9640/requerimento_276-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9639/requerimento_277-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9638/requerimento_278-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9642/requerimento_279-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9649/requerimento_280-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9653/requerimento_281-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9684/requerimento_283-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9661/requerimento_284-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9678/requerimento_285-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9660/requerimento_286-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9664/requerimento_287-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9690/requerimento_288-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9682/requerimento_289-2025_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9670/requerimento_290-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9672/requerimento_291-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9667/requerimento_292-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9676/requerimento_293-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9668/requerimento_294-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9674/requerimento_295-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9679/requerimento_296-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9696/requerimento_297-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9709/requerimento_298-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9702/requerimento_299-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9700/requerimento_300-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9727/requerimento_301-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9698/requerimento_302-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9713/requerimento_303-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9714/requerimento_304-2025_varias_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9719/requerimento_305-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9711/requerimento_306-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9715/requerimento_307-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9720/requerimento_308-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9716/requerimento_309-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9773/requerimento_310-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9730/requerimento_311-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9722/requerimento_312-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9739/requerimento_313-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9737/requerimento_314-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9732/requerimento_315-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9743/requerimento_316-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9741/requerimento_317-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9752/requerimento_318-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9733/requerimento_319-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9745/requerimento_320-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9747/requerimento_321-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9754/requerimento_322-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9748/requerimento_323-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9750/requerimento_324-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9771/requerimento_325-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9784/requerimento_326-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9760/requerimento_327-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9764/requerimento_328-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9768/requerimento_329-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9762/requerimento_330-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9766/requerimento_331-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9777/requerimento_332-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9788/requerimento_333-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9770/requerimento_334-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9759/requerimento_335-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9758/requerimento_336-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9775/requerimento_337-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9781/requerimento_338-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9797/requerimento_339-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9806/requerimento_340-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9809/requerimento_341-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9795/requerimento_342-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9799/requerimento_343-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9804/requerimento_344-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9793/requerimento_345-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9802/requerimento_346-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9816/requerimento_347-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9803/requerimento_348-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9811/requerimento_349-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9813/requerimento_350-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9814/requerimento_351-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9847/requerimento_352-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9833/requerimento_353-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9836/requerimento_354-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9823/requerimento_355-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9830/requerimento_356-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9827/requerimento_357-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9843/requerimento_358-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9825/requerimento_359-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9850/requerimento_360-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9839/requerimento_361-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9845/requerimento_362-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9838/requerimento_363-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9842/requerimento_364-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9848/requerimento_365-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9863/requerimento_366-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9862/requerimento_367-2025_bancada_feminina.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9861/requerimento_368-2025_ver._esiquiel_franco_1.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9882/requerimento_369-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9872/requerimento_370-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9860/requerimento_371-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9878/requerimento_372-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9866/requerimento_373-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9865/requerimento_374-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9886/requerimento_375-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9876/requerimento_376-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9888/requerimento_377-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9883/requerimento_378-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9873/requerimento_379-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9885/requerimento_380-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9896/requerimento_381-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9893/requerimento_382-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9897/requerimento_383-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9895/requerimento_384-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9915/requerimento_385-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9905/requerimento_386-2025_varias_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9900/requerimento_387-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9901/requerimento_388-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9903/requerimento_389-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9906/requerimento_390-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9904/requerimento_391-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9913/requerimento_392-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9910/requerimento_393-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9919/requerimento_394-2025_vereador_professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9918/requerimento_395-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9923/requerimento_396-2025_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9950/requerimento_397-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9938/requerimento_398-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9931/requerimento_399-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9924/requerimento_400-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9942/requerimento_401-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9934/requerimento_402-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9932/requerimento_403-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9927/requerimento_404-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9929/requerimento_405-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9941/requerimento_406-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9954/requerimento_407-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9951/requerimento_408-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9956/requerimento_409-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9955/requerimento_410-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9974/requerimento_411-2025._ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9964/requerimento_412-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9983/requerimento_413-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9962/requerimento_414-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9961/requerimento_415-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9967/requerimento_416-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9969/requerimento_417-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9976/requerimento_418-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9972/requerimento_419-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9987/requerimento_420-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9981/requerimento_421-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9979/requerimento_422-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9985/requerimento_423-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9986/requerimento_424-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10025/brn94ddf85e4bd4_002867.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9992/requerimento_426-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9993/requerimento_427-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10004/requerimento_428-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9997/requerimento_429-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9999/requerimento_430-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9996/requerimento_431-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10023/requerimento_432-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10009/requerimento_433-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10001/requerimento_434-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10007/requerimento_435-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10015/requerimento_436-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10011/requerimento_437-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10013/requerimento_438-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10054/requerimento_439-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10032/requerimento_440-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10030/requerimento_441-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10038/requerimento_442-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10036/requerimento_443-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10035/requerimento_444-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10027/requerimento_445-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10061/requerimento_446-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10029/requerimento_447-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10041/requerimento_448-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10034/requerimento_449-2025_ver_gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10047/requerimento_450-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10049/requerimento_451-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10050/requerimento_452-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10052/requerimento_453-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10075/requerimento_454-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10063/requerimento_455-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10069/requerimento_456-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10094/requerimento_457-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10071/requerimento_458-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10084/requerimento_459-2025_ver._professor_fabiano.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10064/requerimento_460-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10066/requerimento_461-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10073/requerimento_462-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10077/requerimento_463-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10079/requerimento_464-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10081/requerimento_465-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10083/requerimento_466-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10096/requerimento_467-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10098/requerimento_468-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10119/requerimento_469-2025_ver._professor_fabiano.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10122/requerimento_470-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10100/requerimento_471-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10106/requerimento_472-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10102/requerimento_473-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10117/requerimento_474-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10115/requerimento_475-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10108/requerimento_476-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10112/requerimento_477-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10110/requerimento_478-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10135/requerimento_479-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10136/requerimento_480-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10149/requerimento_481-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10128/requerimento_482-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10132/requerimento_483-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10151/requerimento_484-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10148/requerimento_485-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10137/requerimento_486-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10138/requerimento_487-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10142/requerimento_488-2025_ver._professor_fabiano.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10153/requerimento_489-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10154/requerimento_490-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10155/requerimento_491-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10144/requerimento_492-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10146/requerimento_493-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10180/requerimento_494-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10177/requerimento_495-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10162/requerimento_496-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10169/requerimento_497-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10170/requerimento_498-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10167/requerimento_499-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10178/requerimento_500-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10173/requerimento_501-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10185/requerimento_502-2025_ver._professor_fabiano.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10168/requerimento_503-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10174/requerimento_504-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10182/requerimento_505-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10184/requerimento_506-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10214/requerimento_507-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10194/requerimento_508-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10212/requerimento_509-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10195/requerimento_510-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10198/requerimento_511-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10208/requerimento_512-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10202/requerimento_513-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10206/requerimento_514-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10200/requerimento_515-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10210/requerimento_516-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10204/requerimento_517-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10216/requerimento_518-2025_ver._professor_fabiano.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10219/requerimento_519-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9099/mensagem_substitutiva_01.2025.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9110/mensagem_substitutiva_002-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9654/mensagem_substitutiva_003-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9853/mensagem_substitutiva_004-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9891/mensagem_substitutiva_005-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9959/mensagem_001-_legis.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10125/projeto_de_emenda_a_lei_organica_001-2025_mesa_diretiva.pdf" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9046/ata_da_1a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9058/ata_da_02a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9100/ata_da_03_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9161/ata_da_04a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9190/ata_da_05a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9191/ata_da_06a_sessao_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9246/ata_da_07a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9241/ata_da_08a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9309/ata_da_09a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9345/ata_da_10a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9396/ata_da_11a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9391/ata_da_12a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9389/ata_da_13a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9455/ata_da_14a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9427/ata_da_15a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9600/ata_da_16a_sessao_ordinaria_2025..pdf" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9601/ata_da_17a_sessao_ordinaria_2025..pdf" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9602/ata_da_18a_sessao_ordinaria_2025..pdf" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9603/ata_da_19a_sessao_ordinaria_2025..pdf" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9656/ata_da_20a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9694/ata_da_21a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9695/ata_da_22a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9717/ata_da_23a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9774/ata_da_24a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9791/ata_da_25a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9857/ata_da_26a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9858/ata_da_27a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9945/ata_da_28a_sessao_ordinaria_de_2025..pdf" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9946/ata_da_29a_sessao_ordinaria_de_2025..pdf" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9990/ata_da_30a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9991/ata_da_31a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10091/ata_da_32a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10092/ata_da_33a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10158/ata_da_34a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10191/ata_da_35a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10192/ata_da_36a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10223/ata_da_38a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9005/ata_da_01a_sessao_extraordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9215/ata_da_02a_sessao_extraordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9395/ata_da_03a_sessao_extraordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9604/ata_da_04a_sessao_extraordinaria_2025..pdf" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9657/ata_da_05a_sessao_extraordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9943/ata_da_6a_sessao_extraordinaria_de_2025..pdf" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9944/ata_da_7a_sessao_extraordinaria_de_2025..pdf" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10159/ata_da_08a_sessao_extraordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10160/ata_da_09a_sessao_extraordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10222/ata_da_10a_sessao_extraordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10224/ata_da_11a_sessao_extraordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9576/contasss.pdf" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10225/prestacao_de_contas_do_poder_executivo_municipal_-_exercicio_financeiro_de_2013.pdf" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9006/ato_de_presidente_006-2025.pdf" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9012/oficio_pl.pdf" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9013/oficio_progressistas.pdf" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9011/oficio_gabinete.pdf" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9047/oficio_001-2025_partido_solidariedade.pdf" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9820/oficio_066-2025_secretaria_de_governo.pdf" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9625/recomendacao_administrativa_no_01-2025-_gpgmpc-pr.pdf" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10157/recomendacao_administrativa_no_002-2025-gpgmpc.pdf" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9756/requerimento_001-2025_ccj.pdf" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9757/requerimento_001-2025_ccj.pdf" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10021/mensagem_aditiva_001-2025_executivo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9000/indicacao_001-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8969/indicacao_002-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8971/indicacao_003-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8993/indicacao_004-2025_vera._andreia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9010/indicacao_005-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8991/indicacao_006-2025_ver._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8989/indicacao_007-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8996/indicacao_008-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8997/indicacao_009-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9001/indicacao_010-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9008/indicacao_011-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9029/doc05495120250206154732.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9020/indicacao_013-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9030/indicacao_014-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9032/indicacao_015-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9022/indicacao_016-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9034/indicacao_017-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9024/indicacao_018-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9026/indicacao_019-2025_ver._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9036/indicacao_020-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9039/indicacao_021-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9037/indicacao_022-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9041/indicacao_023-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9065/indicacao_024-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9049/indicacao_025-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9053/indicacao_026-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9067/indicacao_027-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9055/indicacao_028-2025_ver._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9069/indicacao_029-2025_ver._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9057/indicacao_030-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9060/indicacao_031-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9064/indicacao_032-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9062/indicacao_033-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9059/indicacao_034-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9077/indicacao_035-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9086/indicacao_036-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9081/indicacao_037-2025_ver._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9076/indicacao_038-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9079/indicacao_039-2025_ver._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9085/indicacao_040-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9083/indicacao_041-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9091/indicacao_042-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9088/indicacao_043-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9093/indicacao_044-2025_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9090/indicacao_045-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9096/indicacao_046-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9119/indicacao_047-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9130/indicacao_048-2025_ver._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9101/indicacao_049-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9106/indicacao_051-2025_varios_vereadores..pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9107/indicacao_051-2025_varios_vereadores..pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9112/indicacao_052-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9108/indicacao_053-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9116/indicacao_054-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9113/indicacao_055-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9121/indicacao_056-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9122/indicacao_057-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9125/indicacao_058-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9126/indicacao_059-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9127/indicacao_060-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9128/indicacao_061-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9144/indicacao_062-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9145/indicacao_063-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9146/indicacao_064-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9147/indicacao_065-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9148/indicacao_066-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9149/indicacao_067-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9150/indicacao_068-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9151/indicacao_069-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9152/indicacao_070-2025_ver._prof._helio.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9158/indicacao_071-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9159/indicacao_072-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9153/indicacao_073-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9154/indicacao_074-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9155/indicacao_075-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9177/indicacao_076-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9167/indicacao_077-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9164/indicacao_078-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9184/indicacao_079-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9163/indicacao_080-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9166/indicacao_081-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9173/indicacao_082-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9186/indicacao_083-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9169/indicacao_084-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9180/indicacao_085-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9175/indicacao_086-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9182/indicacao_087-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9183/indicacao_088-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9217/indicacao_089-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9192/indicacao_090-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9199/indicacao_091-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9205/indicacao_092-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9212/indicacao_093-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9198/indicacao_094-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9196/indicacao_095-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9202/indicacao_096-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9210/indicacao_097-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9203/indicacao_098-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9207/indicacao_099-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9218/indicacao_100-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9214/indicacao_101-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9222/indicacao_102-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9221/indicacao_103-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9226/indicacao_104-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9224/indicacao_105-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9219/indicacao_106-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9229/indicacao_107-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9234/indicacao_108-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9228/indicacao_109-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9236/indicacao_110-2025_enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9232/indicacao_111-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9235/indicacao_112-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9240/indicacao_113-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9242/indicacao_114-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9248/indicacao_115-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9254/indicacao_116-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9250/indicacao_117-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9257/indicacao_118-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9252/indicacao_119-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9270/indicacao_120-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9256/indicacao_121-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9264/indicacao_122-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9262/indicacao_123-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9266/indicacao_124-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9267/indicacao_125-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9271/indicacao_126-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9274/indicacao_127-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9277/indicacao_128-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9279/indicacao_129-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9285/indicacao_130-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9284/indicacao_131-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9280/indicacao_132-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9305/indicacao_133-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9282/indicacao_134-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9291/indicacao_135-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9287/indicacao_136-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9290/indicacao_137-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9299/indicacao_138-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9293/indicacao_139-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9295/indicacao_140-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9297/indicacao_141-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9329/indicacao_142-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9308/indicacao_143-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9310/indicacao_144-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9328/indicacao_145-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9312/indicacao_146-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9313/indicacao_147-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9317/indicacao_148-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9318/indicacao_149-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9322/indicacao_150-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9321/indicacao_151-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9324/indicacao_152-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9326/indicacao_153-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9336/indicacao_154-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9346/indicacao_155-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9332/indicacao_156-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9335/indicacao_157-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9343/indicacao_158-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9341/indicacao_159-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9339/indicacao_160-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9358/indicacao_161-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9350/indicacao_162-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9348/indicacao_163-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9355/indicacao_164-2025_ver._professor_leo.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9363/indicacao_165-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9354/indicacao_166-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9359/indicacao_167-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9382/indicacao_168-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9369/indicacao_169-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9367/indicacao_170-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9370/indicacao_171-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9379/indicacao_172-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9377/indicacao_173-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9381/indicacao_174-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9372/indicacao_175-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9375/indicacao_176-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9387/indicacao_177-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9386/indicacao_178-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9384/indicacao_179-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9405/indicacao_180-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9420/indicacao_181-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9397/indicacao_182-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9401/indicacao_183-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9400/indicacao_184-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9413/indicacao_185-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9410/indicacao_186-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9407/indicacao_187-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9404/indicacao_188-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9412/indicacao_189-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9415/indicacao_190-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9418/indicacao_191-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9433/indicacao_192-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9431/indicacao_193-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9438/indicacao_194-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9429/indicacao_195-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9453/indicacao_196-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9439/indicacao_197-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9437/indicacao_198-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9442/indicacao_199-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9444/indicacao_200-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9447/indicacao_201-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9446/indicacao_202-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9450/indicacao_203-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9467/indicacao_204-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9511/indicacao_205-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9461/indicacao_206-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9478/indicacao_207-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9466/indicacao_209-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9464/indicacao_210-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9459/indicacao_211-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9473/indicacao_212-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9463/indicacao_213-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9457/indicacao_214-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9469/indicacao_215-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9481/indicacao_216-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9474/indicacao_217-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9483/indicacao_218-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9480/indicacao_219-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9482/indicacao_220-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9498/indicacao_221-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9489/indicacao_222-2025_ver._prof._helio.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9519/indicacao_223-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9503/indicacao_224-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9494/indicacao_225-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9492/indicacao_226-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9502/indicacao_227-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9506/indicacao_228-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9496/indicacao_229-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9517/indicacao_230-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9515/indicacao_231-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9501/indicacao_232-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9510/indicacao_233-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9542/indicacao_234-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9524/indicacao_235-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9525/indicacao_236-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9532/indicacao_237-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9527/indicacao_238-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9529/indicacao_239-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9536/indicacao_240-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9534/indicacao_241-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9540/indicacao_242-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9538/indicacao_243-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9533/indicacao_244-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9544/indicacao_245-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9545/indicacao_246-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9553/indicacao_247-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9572/indicacao_248-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9561/indicacao_249-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9551/indicacao_250-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9552/indicacao_251-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9556/indicacao_252-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9557/indicacao_253-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9559/indicacao_254-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9573/indicacao_255-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9569/indicacao_256-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9563/indicacao_257-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9571/indicacao_258-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9565/indicacao_259-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9567/indicacao_260-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9595/indicacao_261-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9588/indicacao_262-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9589/indicacao_263-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9615/indicacao_264-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9622/indicacao_265-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9594/indicacao_266-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9592/indicacao_267-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9596/indicacao_268-2025_ver._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9599/indicacao_269-2025_ver._prof._helio.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9606/indicacao_270-2025_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9609/indicacao_271-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9611/indicacao_272-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9613/indicacao_273-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9624/indicacao_274-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9619/indicacao_275-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9636/indicacao_276-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9650/indicacao_277-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9632/indicacao_278-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9626/indicacao_279-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9631/indicacao_280-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9635/indicacao_281-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9634/indicacao_282-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9643/indicacao_283-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9651/requerimento_274-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9641/indicacao_285-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9646/indicacao_286-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9647/indicacao_287-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9683/indicacao_288-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9665/indicacao_289-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9659/indicacao_290-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9663/indicacao_291-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9662/indicacao_292-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9673/indicacao_293-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9689/indicacao_294-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9669/indicacao_295-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9671/indicacao_296-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9681/indicacao_297-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9666/indicacao_298-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9675/indicacao_299-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9677/indicacao_300-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9680/indicacao_301-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9701/indicacao_302-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9699/indicacao_303-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9726/indicacao_304-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9697/indicacao_305-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9704/indicacao_306-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9707/indicacao_307-2025_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9729/indicacao_308-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9712/indicacao_309-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9718/indicacao_310-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9710/indicacao_311-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9721/indicacao_312-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9725/indicacao_313-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9724/indicacao_314-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9738/indicacao_315-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9736/indicacao_316-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9742/indicacao_317-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9740/indicacao_318-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9751/indicacao_319-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9735/indicacao_320-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9731/indicacao_321-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9734/indicacao_322-2025_ver._esiquiel_franco_2.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9744/indicacao_323-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9746/indicacao_324-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9755/indicacao_325-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9749/indicacao_326-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9772/indicacao_327-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9763/indicacao_328-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9779/indicacao_329-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9765/indicacao_330-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9767/indicacao_331-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9761/indicacao_332-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9783/indicacao_333-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9776/indicacao_334-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9769/indicacao_335-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9778/indicacao_336-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9780/indicacao_337-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9782/indicacao_338-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9785/indicacao_339-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9798/indicacao_340-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9807/indicacao_341-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9796/indicacao_342-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9794/indicacao_343-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9810/indicacao_344-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9789/indicacao_345-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9805/indicacao_346-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9792/indicacao_347-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9800/indicacao_348-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9801/indicacao_349-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9815/indicacao_350-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9812/indicacao_351-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9821/indicacao_352-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9834/indicacao_353-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9826/indicacao_354-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9832/indicacao_355-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9829/indicacao_356-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9835/indicacao_357-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9828/indicacao_358-2025_ver._eziquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9831/indicacao_359-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9824/indicacao_360-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9837/indicacao_361-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9849/indicacao_362-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9844/indicacao_363-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9846/indicacao_364-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9851/indicacao_365-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9852/indicacao_366-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9881/indicacao_367-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9870/indicacao_368-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9871/indicacao_369-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9859/indicacao_370-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9879/indicacao_371-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9867/indicacao_372-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9864/indicacao_373-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9877/indicacao_374-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9874/indicacao_375-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9887/indicacao_376-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9875/indicacao_377-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9880/indicacao_378-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9884/indicacao_379-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9892/indicacao_380-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9894/indicacao_381-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9899/indicacao_382-2025_vera._thauana_padilha_page-0001.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9898/indicacao_383-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9920/indicacao_384-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9902/indicacao_385-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9916/indicacao_386-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9907/indicacao_387-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9911/indicacao_388-2025_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9914/indicacao_389-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9912/indicacao_390-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9908/indicacao_391-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9917/indicacao_392-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9949/indicacao_393-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9936/indicacao_394-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9937/indicacao_395-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9930/indicacao_396-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9925/indicacao_397-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9926/indicacao_398-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9935/indicacao_399-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9928/indicacao_400-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9933/indicacao_401-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9940/indicacao_402-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9953/indicacao_403-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9957/indicacao_404-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9952/indicacao_405-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9965/indicacao_406-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9970/indicacao_407-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9963/indicacao_408-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9982/indicacao_409-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9960/indicacao_410-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9966/indicacao_411-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9971/indicacao_412-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9968/indicacao_413-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9975/indicacao_414-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9980/indicacao_415-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9978/indicacao_416-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9977/indicacao_417-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9984/indicacao_418-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9994/indicacao_419-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10003/indicacao_420-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9995/indicacao_421-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10010/indicacao_422-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10000/indicacao_423-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10008/indicacao_424-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10002/indicacao_425-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9998/indicacao_426-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10005/indicacao_427-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10022/indicacao_428-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10006/indicacao_429-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10014/indicacao_430-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10012/indicacao_431-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10048/indicacao_432-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10060/indicacao_433-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10039/indicacao_434-2025_ver._professo_helio.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10037/indicacao_435-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10026/indicacao_436-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10028/indicacao_437-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10040/indicacao_438-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10031/indicacao_439-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10055/indicacao_440-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10033/indicacao_441-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10045/indicacao_442-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10046/indicacao_443-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10051/indicacao_444-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10056/indicacao_445-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10074/indicacao_446-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10062/indicacao_447-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10068/indicacao_448-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10093/indicacao_449-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10070/indicacao_450-205_ver._professor_helio..pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10076/indicacao_451-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10067/indicacao_452-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10072/indicacao_453-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10065/indicacao_454-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10078/indicacao_455-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10080/indicacao_456-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10082/indicacao_457-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10085/indicacao_458-2025_ver._professor_fabiano.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10095/indicacao_459-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10097/indicacao_460-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10120/indicacao_461-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10099/indicacao_462-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10105/indicacao_463-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10127/indicacao_464-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10101/indicacao_465-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10103/indicacao_466-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10116/indicacao_467-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10114/indicacao_468-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10104/indicacao_469-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10107/indicacao_470-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10111/indicacao_471-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10109/indicacao_472-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10118/indicacao_473-2025_ver._professor_fabiano.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10131/indicacao_474-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10130/indicacao_475-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10129/indicacao_476-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10133/indicacao_477-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10141/indicacao_478-2025_ver._professor_fabiano.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10147/indicacao_479-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10139/indicacao_480-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10134/indicacao_481-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10152/indicacao_482-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10143/indicacao_483-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10145/indicacao_484-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10150/indicacao_485-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10176/indicacao_486-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10161/indicacao_487-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10171/indicacao_488-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10163/indicacao_489-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10164/indicacao_490-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10165/indicacao_491-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10172/indicacao_492-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10166/indicacao_493-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10175/indicacao_494-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10183/indicacao_495-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10181/indicacao_496-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10179/indicacao_497-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10186/indicacao_498-2025_ver._professor_fabiano.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10213/indicacao_499-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10193/indicacao_500-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10211/indicacao_501-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10196/indicacao_502-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10197/indicacao_503-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10205/indicacao_504-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10199/indicacao_505-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10209/indicacao_506-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10207/indicacao_507-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10201/indicacao_508-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10203/indicacao_509-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10215/indicacao_510-2025_ver._professor_fabiano.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10218/indicacao_511-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9004/mocao_001-2025_mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9206/mocao_de_aplausos_002-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9245/mocao_003-2025_-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9352/mocao_n_004-2025_mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9306/mocao_005-2025_mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9434/mocao_006-2025_mocao_de_aplausos.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9516/mocao_007-2025_repudio.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9520/mocao_009-2025_aplausos.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9790/mocao_010-2025_aplausos.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9808/mocao_011-2025_aplausos.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8987/projeto_de_decreto_legislativo_001-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9044/projeto_de_decreto_02-2025_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9616/projeto_de_decreto_legislativo_003-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9393/projeto_de_decreto_legislativo_004-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9394/projeto_de_decreto_legislativo_005-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9855/projeto_de_decreto_006-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9856/projeto_de_decreto_007-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10217/projeto_de_decreto_legislativo_008-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9014/projeto_de_lei_complementar_001-2025.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9074/protocolo_projeto_de_lei_complementar_002-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9133/projeto_de_lei_complementar_003-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9247/projeto_de_lei_complementar_004-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9275/projeto_de_lei_complementar_005-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9300/projeto_de_lei_complementar_006-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9303/projeto_de_lei_complementar_007-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9362/projeto_de_lei_complementar_008-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9390/projeto_de_lei_complementar_009-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9424/projeto_de_lei_complementar_010-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9655/projeto_de_lei_complementar_012-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9854/projeto_de_lei_complementar_013-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10089/projeto_de_lei_complementar_014-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10042/projeto_de_lei_complementar_015-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10090/projeto_de_lei_complementar_016-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10140/projeto_de_lei_complementar_017-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10156/projeto_de_lei_complementar_018-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10189/projeto_de_lei_complementar_020-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10190/projeto_de_lei_complementar_021-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10221/projeto_de_lei_complementar_022-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9016/projeto_de_lei_complementar_001-2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9017/projeto_de_lei_complementar_002-2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9018/projeto_de_lei_complementar_003-2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9188/projeto_de_lei_complementar_n_004-2025_-_mesa_diretiva.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9449/projeto_de_lei_complementar_005-2025_mesa_diretiva.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9723/projeto_de_lei_complementar_006-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9822/projeto_de_lei_complementar_007-2025_-mesa_diretiva.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9003/projeto_de_lei_001-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9070/projeto_de_lei_002-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9072/projeto_de_lei_003-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9073/projeto_de_lei_004-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9087/projeto_de_lei_05-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9131/projeto_de_lei_006-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9132/projeto_de_lei_007-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9189/projeto_de_lei_n._008.2025-_em_regime_de_urgencia_rovaga_a_lei_n._1841_de_30_de_janeiro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9302/projeto_de_lei_009-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9331/projeto_de_lei_010-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9361/projeto_de_lei_011-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9425/projeto_de_lei_014-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9421/projeto_de_lei_015-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9422/pl_016__parecer_final_sapl.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9486/projeto_de_lei_017-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9521/projeto_de_lei_018-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9522/projeto_de_lei_019-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9579/projeto_de_lei_020-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9548/projeto_de_lei_023-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9841/projeto_de_lei_024-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9580/projeto_de_lei_025-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9577/projeto_de_lei_026-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9947/projeto_de_lei_027-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9578/projeto_de_lei_028-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9581/projeto_de_lei_029-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9628/projeto_de_lei_030-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9582/projeto_de_lei_031-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9686/projeto_de_lei_032-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9687/projeto_de_lei_033-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9688/projeto_de_lei_034-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9583/projeto_de_lei_035-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9587/projeto_de_lei_036-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9706/projeto_de_lei_037-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9605/projeto_de_lei_038-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9708/projeto_de_lei_039-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9693/projeto_de_lei_040-2025_executivo_ldo.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9691/projeto_de_lei_041-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9692/projeto_de_lei_042-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9753/projeto_de_lei_043-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9786/projeto_de_lei_044-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9818/projeto_de_lei_045-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9787/projeto_de_lei_046-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9948/projeto_de_lei_047-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9890/projeto_de_lei_048-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10017/projeto_de_lei_049-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10058/projeto_de_lei_050-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10024/projeto_de_lei_052-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10057/projeto_de_lei_053-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9989/projeto_de_lei_054-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9988/projeto_de_lei_055-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10086/projeto_de_lei_056-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10044/projeto_de_lei_057-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10016/projeto_de_lei_058-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10018/projeto_de_lei_060-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10019/projeto_de_lei_061-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10053/projeto_de_lei_062-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10059/projeto_de_lei_063-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10020/projeto_de_lei_064-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10087/projeto_de_lei_065-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10088/projeto_de_lei_066-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10187/projeto_de_lei_067-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10188/projeto_de_lei_068-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10256/projeto_de_lei_069-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10220/projeto_de_lei_070-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9015/projeto_de_lei_002-2025_legislativo.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8998/projeto_de_lei_003-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9103/projeto_lei_005-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9117/projeto_de_lei_006-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9129/projeto_de_lei_007-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9165/projeto_de_lei_n_008-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9344/projeto_de_lei_011-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9380/projeto_de_lei_012-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9423/projeto_de_lei_014-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9426/projeto_de_lei_015-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9505/projeto_de_lei_017-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9471/projeto_de_lei_018-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9487/projeto_de_lei_019-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9491/projeto_de_lei_020-2025_ver._prof._helio.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9574/projeto_de_lei_021-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10043/projeto_de_lei_022-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9617/projeto_de_lei_023-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9618/projeto_de_lei_024-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9620/projeto_de_lei_025-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9645/projeto_de_lei_026-2025_ver._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9658/projeto_de_lei_no027-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9685/projeto_de_lei_028-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9703/projeto_de_lei_030-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9705/projeto_de_lei_031-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9728/projeto_de_lei_032-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9817/projeto_de_lei_033-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9869/projeto_de_lei_034-2025_ver._joeiton_leal.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9840/projeto_de_lei_035-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9889/projeto_de_lei_036-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9958/projeto_de_lei_037-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9868/projeto_de_lei_042-2025_ver._joeiton_leal.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9909/projeto_de_lei_043-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9921/projeto_de_lei_044-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9922/projeto_de_lei_045-2025_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10124/projeto_de_lei_046-2025_mesa_diretiva.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9939/projeto_de_lei_047-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9973/projeto_de_lei_048-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10113/projeto_de_lei_049-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10123/projeto_de_lei_050-2025_mesa_direitva.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10121/projeto_de_lei_051-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9071/projeto_de_resolucao_001-2025_mesa_diretiva.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9160/projeto_de_resolucao_002-2025_mesa_diretiva.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9819/projeto_de_resolucao_003-2025_mesa_dieretiva.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10126/projeto_de_resolucao__004-2025_mesa_diretiva.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8994/requerimento_001-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8999/requerimento_002-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8970/requerimento_003-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9009/requerimento_004-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9021/requerimento_005-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8990/indicacao_006-2025_ver._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8972/requerimento_007-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8992/requerimento_008-2025_vera._andreia.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8988/requerimento_009-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/8995/requerimento_010-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9002/requerimento_011-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9007/requerimento_012-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9028/requerimento_013-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9043/requerimento_014-2025_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9031/requerimento_015-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9019/requerimento_016-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9027/requerimento_017-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9033/requerimento_019-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9023/requerimento_020-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9035/requerimento_021-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9025/requerimento_022-2025_ver._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9040/requerimento_023-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9038/requerimetno_024-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9042/requerimento_025-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9045/requerimento_026-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9066/requerimento_027-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9051/requerimento_028-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9050/requerimento_029-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9052/requerimento_030-2025_ver._professor_fabiano_fuba.docx" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9056/requerimento_031-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9048/requerimento_032-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9054/requerimento_033-2025_ver._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9068/requerimento_034-2025_ver._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9061/requerimento_035-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9063/requerimento_036-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9098/requerimento_037-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9080/requerimento_038-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9082/requerimento_039-2025_ver._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9075/requerimento_040-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9078/requerimento_041-2025_ver._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9094/requerimento_042-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9095/requerimento_043-2025_ver._enferiero_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9092/requerimento_044-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9089/requerimento_045-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9097/requerimento_046-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9118/requerimento_047-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9124/requerimento_048-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9102/requerimento_050-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9105/requerimento_051-2025_ver._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9104/requerimento_052-2025_ver._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9111/requerimento_053-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9109/requerimento_054-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9114/requerimento_055-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9115/requerimento_056-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9120/requerimento_057-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9123/requerimento_058-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9134/requerimento_060-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9157/requerimento_061-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9135/requerimento_062-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9136/requerimento_063-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9137/requerimento_064-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9138/requerimento_065-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9139/requerimento_066-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9140/requerimento_067-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9156/requerimento_068-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9141/requerimento_069-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9142/requerimento_070-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9143/requerimento_071-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9168/requerimento_072-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9178/requerimento_073-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9185/requerimento_074-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9162/requerimento_075-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9172/requerimento_076-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9179/requerimento_077-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9174/requerimento_078-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9170/requerimento_079-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9187/requerimento_080-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9181/requerimento_081-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9176/requerimento_082-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9171/requerimento_083-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9208/requerimento_084-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9216/requerimento_085-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9197/requerimento_086-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9204/requerimento_087-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9209/requerimento_088-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9211/requerimento_089-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9193/requerimento_090-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9201/requerimento_091-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9195/requerimento_092-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9194/requerimento_093-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9200/requerimento_094-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9213/requerimento_095-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9223/requerimento_096-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9225/requerimento_097-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9244/requerimento_098-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9220/requerimento_099-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9231/requerimento_100-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9227/requerimento_101-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9230/requerimento_102-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9233/requerimento_103-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9239/requerimento_104-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9237/requerimento_105-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9238/requerimento_106-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9243/requerimento_107-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9259/requerimento_108-2025_varios_vereadores..pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9263/requerimento_109-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9255/requerimento_110-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9251/requerimento_111-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9249/requerimento_112-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9260/requerimento_113-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9253/requerimento_114-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9273/requerimento_115-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9258/requerimento_116-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9261/requerimento_117-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9265/requerimento_118-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9269/requerimento_119-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9268/requerimento_120-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9272/requerimento_121-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9276/requerimento_123-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9278/requerimento_124-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9286/requerimento_125-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9281/requerimento_126-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9304/requerimento_127-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9283/requerimento_128-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9289/requerimento_129-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9288/requerimento_130-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9298/requerimento_131-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9292/requerimento_132-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9294/requerimento_133-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9296/requerimento_134-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9301/requerimetno_135-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9311/requerimento_136-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9330/requerimento_137-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9307/requerimento_138-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9314/requerimento_139-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9315/requerimento_140-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9316/requerimento_141-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9319/requerimento_142-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9320/requerimento_143-2025_ver._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9327/requerimento_144-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9323/requerimento_145-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9325/requerimento_146-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9337/requerimento_147-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9334/requerimento_148-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9338/requerimento_149-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9347/requerimento_150-2025_vera_marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9333/requerimento_151-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9351/requerimento_152-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9342/requerimento_153-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9340/requerimento_154-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9360/requerimento_155-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9349/requerimento_156-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9353/requerimento_157-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9356/requerimento_158-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9364/requerimento_159-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9357/requerimento_160-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9365/requerimento_161-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9366/requerimento_162-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9383/requerimento_163-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9406/requerimento_164-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9378/requerimento_165-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9371/requerimento_166-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9368/requerimento_167-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9373/requerimento_168-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9374/requerimento_169-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9376/requerimento_170-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9385/requerimento_171-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9388/requerimento_172-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9392/requerimento_173-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9416/requerimento_174-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9435/requerimento_175-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9398/requerimento_176-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9408/requerimento_177-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9399/requerimento_178-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9414/requerimento_179-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9402/requerimento_180-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9403/requerimento_181-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9409/requerimento_182-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9417/requerimento_183-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9411/requerimento_184-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9419/requerimento_185-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9441/requerimento_186-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9428/requerimento_187-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9432/requerimento_188-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9430/requerimento_189-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9454/requerimento_190-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9436/requerimento_191-2025_ver._enfermeiro_ze_carlos.docx" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9440/requerimento_192-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9445/requerimento_193-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9443/requerimento_194-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9448/requerimento_195-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9451/requerimento_196-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9452/requerimento_197-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9462/requerimento_198-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9460/requerimento_199-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9468/requerimento_200-2021_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9512/requerimento_201-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9513/requerimento_202-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9465/requerimento_203-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9458/rquerimento_204-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9472/requerimento_205-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9456/requerimento_206-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9470/requerimento_207-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9485/requerimento_208-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9475/requerimento_209-2025_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9484/requerimento_210-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9477/requerimento_211-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9476/requerimento_212-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9479/requerimento_213-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9488/requerimento_215-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9514/requerimento_216-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9490/requerimento_217-2025_ver._prof._helio.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9500/requerimento_218-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9493/requerimento_219-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9504/requerimento_220-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9508/requerimento_221-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9495/requerimento_222-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9499/requerimento_223-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9507/requerimento_224-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9497/requerimento_225-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9509/requerimento_226-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9518/requerimento_227-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9523/requerimento_228-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9526/requerimento_229-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9550/requerimento_230-2025_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9549/requerimento_231-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9528/requerimento_232-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9530/requerimento_233-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9537/requerimento_234-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9531/requerimento_235-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9541/requerimento_236-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9535/requerimento_237-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9546/requerimento_238-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9539/requerimento_239-2025_vera.thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9543/requerimento_240-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9547/requerimento_241-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9554/requerimento_242-2025_vera_deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9562/requerimento_243-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9555/requerimento_244-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9610/requerimento_245-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9558/requerimento_246-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9560/requerimento_247-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9575/requerimento_248-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9570/requerimento_249-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9564/requerimento_250-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9566/requerimento_251-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9568/requerimento_252-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9614/requerimento_253-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9584/requerimento_254-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9585/requerimento_255-2025_varias_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9586/requerimento_256-2025_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9591/requerimento_257-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9590/requerimento_258-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9621/requerimento_260-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9593/requerimento_261-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9597/requerimento_262-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9598/requerimento_263-2025_ver._prof._helio.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9607/requerimento_264-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9608/requerimento_265-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9612/requerimento_266-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9623/requerimento_267-2025_vera._marilda_garica.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9637/requerimento_268-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9629/requerimento_269-2025_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9630/requerimento_270-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9633/requerimento_271-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9627/requerimento_272-2025__ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9652/requerimento_273-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9648/requerimento_274-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9644/requerimento_275-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9640/requerimento_276-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9639/requerimento_277-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9638/requerimento_278-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9642/requerimento_279-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9649/requerimento_280-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9653/requerimento_281-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9684/requerimento_283-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9661/requerimento_284-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9678/requerimento_285-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9660/requerimento_286-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9664/requerimento_287-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9690/requerimento_288-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9682/requerimento_289-2025_todos_os_vereadores.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9670/requerimento_290-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9672/requerimento_291-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9667/requerimento_292-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9676/requerimento_293-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9668/requerimento_294-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9674/requerimento_295-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9679/requerimento_296-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9696/requerimento_297-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9709/requerimento_298-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9702/requerimento_299-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9700/requerimento_300-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9727/requerimento_301-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9698/requerimento_302-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9713/requerimento_303-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9714/requerimento_304-2025_varias_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9719/requerimento_305-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9711/requerimento_306-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9715/requerimento_307-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9720/requerimento_308-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9716/requerimento_309-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9773/requerimento_310-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9730/requerimento_311-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9722/requerimento_312-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9739/requerimento_313-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9737/requerimento_314-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9732/requerimento_315-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9743/requerimento_316-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9741/requerimento_317-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9752/requerimento_318-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9733/requerimento_319-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9745/requerimento_320-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9747/requerimento_321-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9754/requerimento_322-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9748/requerimento_323-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9750/requerimento_324-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9771/requerimento_325-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9784/requerimento_326-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9760/requerimento_327-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9764/requerimento_328-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9768/requerimento_329-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9762/requerimento_330-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9766/requerimento_331-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9777/requerimento_332-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9788/requerimento_333-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9770/requerimento_334-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9759/requerimento_335-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9758/requerimento_336-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9775/requerimento_337-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9781/requerimento_338-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9797/requerimento_339-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9806/requerimento_340-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9809/requerimento_341-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9795/requerimento_342-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9799/requerimento_343-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9804/requerimento_344-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9793/requerimento_345-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9802/requerimento_346-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9816/requerimento_347-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9803/requerimento_348-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9811/requerimento_349-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9813/requerimento_350-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9814/requerimento_351-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9847/requerimento_352-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9833/requerimento_353-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9836/requerimento_354-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9823/requerimento_355-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9830/requerimento_356-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9827/requerimento_357-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9843/requerimento_358-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9825/requerimento_359-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9850/requerimento_360-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9839/requerimento_361-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9845/requerimento_362-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9838/requerimento_363-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9842/requerimento_364-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9848/requerimento_365-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9863/requerimento_366-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9862/requerimento_367-2025_bancada_feminina.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9861/requerimento_368-2025_ver._esiquiel_franco_1.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9882/requerimento_369-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9872/requerimento_370-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9860/requerimento_371-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9878/requerimento_372-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9866/requerimento_373-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9865/requerimento_374-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9886/requerimento_375-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9876/requerimento_376-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9888/requerimento_377-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9883/requerimento_378-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9873/requerimento_379-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9885/requerimento_380-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9896/requerimento_381-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9893/requerimento_382-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9897/requerimento_383-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9895/requerimento_384-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9915/requerimento_385-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9905/requerimento_386-2025_varias_vereadoras.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9900/requerimento_387-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9901/requerimento_388-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9903/requerimento_389-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9906/requerimento_390-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9904/requerimento_391-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9913/requerimento_392-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9910/requerimento_393-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9919/requerimento_394-2025_vereador_professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9918/requerimento_395-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9923/requerimento_396-2025_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9950/requerimento_397-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9938/requerimento_398-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9931/requerimento_399-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9924/requerimento_400-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId1057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9942/requerimento_401-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9934/requerimento_402-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1059" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9932/requerimento_403-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId1060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9927/requerimento_404-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9929/requerimento_405-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9941/requerimento_406-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId1063" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9954/requerimento_407-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9951/requerimento_408-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1065" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9956/requerimento_409-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9955/requerimento_410-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId1067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9974/requerimento_411-2025._ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1068" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9964/requerimento_412-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9983/requerimento_413-2025_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId1070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9962/requerimento_414-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId1071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9961/requerimento_415-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1072" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9967/requerimento_416-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId1073" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9969/requerimento_417-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9976/requerimento_418-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId1075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9972/requerimento_419-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1076" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9987/requerimento_420-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9981/requerimento_421-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9979/requerimento_422-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9985/requerimento_423-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1080" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9986/requerimento_424-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1081" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10025/brn94ddf85e4bd4_002867.pdf" TargetMode="External"/><Relationship Id="rId1082" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9992/requerimento_426-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9993/requerimento_427-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1084" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10004/requerimento_428-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9997/requerimento_429-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9999/requerimento_430-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9996/requerimento_431-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId1088" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10023/requerimento_432-2025_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId1089" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10009/requerimento_433-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10001/requerimento_434-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10007/requerimento_435-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1092" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10015/requerimento_436-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10011/requerimento_437-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1094" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10013/requerimento_438-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10054/requerimento_439-2025_ver._prof._fabiano.pdf" TargetMode="External"/><Relationship Id="rId1096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10032/requerimento_440-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1097" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10030/requerimento_441-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10038/requerimento_442-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10036/requerimento_443-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10035/requerimento_444-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10027/requerimento_445-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10061/requerimento_446-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10029/requerimento_447-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10041/requerimento_448-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId1105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10034/requerimento_449-2025_ver_gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId1106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10047/requerimento_450-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10049/requerimento_451-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId1108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10050/requerimento_452-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10052/requerimento_453-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10075/requerimento_454-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10063/requerimento_455-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10069/requerimento_456-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId1113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10094/requerimento_457-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10071/requerimento_458-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10084/requerimento_459-2025_ver._professor_fabiano.pdf" TargetMode="External"/><Relationship Id="rId1116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10064/requerimento_460-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId1117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10066/requerimento_461-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId1118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10073/requerimento_462-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10077/requerimento_463-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10079/requerimento_464-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10081/requerimento_465-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10083/requerimento_466-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10096/requerimento_467-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10098/requerimento_468-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10119/requerimento_469-2025_ver._professor_fabiano.pdf" TargetMode="External"/><Relationship Id="rId1126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10122/requerimento_470-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10100/requerimento_471-2025_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId1128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10106/requerimento_472-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10102/requerimento_473-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10117/requerimento_474-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10115/requerimento_475-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10108/requerimento_476-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId1133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10112/requerimento_477-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10110/requerimento_478-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10135/requerimento_479-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10136/requerimento_480-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId1137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10149/requerimento_481-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10128/requerimento_482-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10132/requerimento_483-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10151/requerimento_484-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10148/requerimento_485-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10137/requerimento_486-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId1143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10138/requerimento_487-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10142/requerimento_488-2025_ver._professor_fabiano.pdf" TargetMode="External"/><Relationship Id="rId1145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10153/requerimento_489-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10154/requerimento_490-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10155/requerimento_491-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10144/requerimento_492-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10146/requerimento_493-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10180/requerimento_494-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId1151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10177/requerimento_495-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10162/requerimento_496-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10169/requerimento_497-2025_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId1154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10170/requerimento_498-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10167/requerimento_499-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10178/requerimento_500-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10173/requerimento_501-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10185/requerimento_502-2025_ver._professor_fabiano.pdf" TargetMode="External"/><Relationship Id="rId1159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10168/requerimento_503-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10174/requerimento_504-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10182/requerimento_505-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId1162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10184/requerimento_506-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10214/requerimento_507-2025_vera._deia_teodoro.pdf" TargetMode="External"/><Relationship Id="rId1164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10194/requerimento_508-2025_vera._thauana_padilha.pdf" TargetMode="External"/><Relationship Id="rId1165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10212/requerimento_509-2025_ver._gilmar_jose_petry.pdf" TargetMode="External"/><Relationship Id="rId1166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10195/requerimento_510-2025_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId1167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10198/requerimento_511-2025_vera._marilda_garcia.pdf" TargetMode="External"/><Relationship Id="rId1168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10208/requerimento_512-2025_ver._joeliton_leal.pdf" TargetMode="External"/><Relationship Id="rId1169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10202/requerimento_513-2025_ver._esiquiel_franco.pdf" TargetMode="External"/><Relationship Id="rId1170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10206/requerimento_514-2025_ver._maciel.pdf" TargetMode="External"/><Relationship Id="rId1171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10200/requerimento_515-2025_ver._laco.pdf" TargetMode="External"/><Relationship Id="rId1172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10210/requerimento_516-2025_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId1173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10204/requerimento_517-2025_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId1174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10216/requerimento_518-2025_ver._professor_fabiano.pdf" TargetMode="External"/><Relationship Id="rId1175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10219/requerimento_519-2025_ver._fernandinho.pdf" TargetMode="External"/><Relationship Id="rId1176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9099/mensagem_substitutiva_01.2025.pdf" TargetMode="External"/><Relationship Id="rId1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9110/mensagem_substitutiva_002-2025_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId1178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9654/mensagem_substitutiva_003-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId1179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9853/mensagem_substitutiva_004-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId1180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9891/mensagem_substitutiva_005-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId1181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9959/mensagem_001-_legis.pdf" TargetMode="External"/><Relationship Id="rId1182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10125/projeto_de_emenda_a_lei_organica_001-2025_mesa_diretiva.pdf" TargetMode="External"/><Relationship Id="rId1183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9046/ata_da_1a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9058/ata_da_02a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9100/ata_da_03_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9161/ata_da_04a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9190/ata_da_05a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9191/ata_da_06a_sessao_ordinaria_2025.pdf" TargetMode="External"/><Relationship Id="rId1189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9246/ata_da_07a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9241/ata_da_08a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9309/ata_da_09a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9345/ata_da_10a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9396/ata_da_11a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9391/ata_da_12a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9389/ata_da_13a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9455/ata_da_14a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9427/ata_da_15a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9600/ata_da_16a_sessao_ordinaria_2025..pdf" TargetMode="External"/><Relationship Id="rId1199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9601/ata_da_17a_sessao_ordinaria_2025..pdf" TargetMode="External"/><Relationship Id="rId1200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9602/ata_da_18a_sessao_ordinaria_2025..pdf" TargetMode="External"/><Relationship Id="rId1201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9603/ata_da_19a_sessao_ordinaria_2025..pdf" TargetMode="External"/><Relationship Id="rId1202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9656/ata_da_20a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9694/ata_da_21a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9695/ata_da_22a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9717/ata_da_23a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9774/ata_da_24a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9791/ata_da_25a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9857/ata_da_26a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9858/ata_da_27a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9945/ata_da_28a_sessao_ordinaria_de_2025..pdf" TargetMode="External"/><Relationship Id="rId1211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9946/ata_da_29a_sessao_ordinaria_de_2025..pdf" TargetMode="External"/><Relationship Id="rId1212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9990/ata_da_30a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9991/ata_da_31a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10091/ata_da_32a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10092/ata_da_33a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10158/ata_da_34a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10191/ata_da_35a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10192/ata_da_36a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10253/ata_da_37a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10223/ata_da_38a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10252/ata_da_39a_sessao_ordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9005/ata_da_01a_sessao_extraordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9215/ata_da_02a_sessao_extraordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9395/ata_da_03a_sessao_extraordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9604/ata_da_04a_sessao_extraordinaria_2025..pdf" TargetMode="External"/><Relationship Id="rId1226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9657/ata_da_05a_sessao_extraordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9943/ata_da_6a_sessao_extraordinaria_de_2025..pdf" TargetMode="External"/><Relationship Id="rId1228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9944/ata_da_7a_sessao_extraordinaria_de_2025..pdf" TargetMode="External"/><Relationship Id="rId1229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10159/ata_da_08a_sessao_extraordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10160/ata_da_09a_sessao_extraordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10222/ata_da_10a_sessao_extraordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10224/ata_da_11a_sessao_extraordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10254/ata_da_12a_sessao_extraordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10255/ata_da_13a_sessao_extraordinaria_de_2025.pdf" TargetMode="External"/><Relationship Id="rId1235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9576/contasss.pdf" TargetMode="External"/><Relationship Id="rId1236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10225/prestacao_de_contas_do_poder_executivo_municipal_-_exercicio_financeiro_de_2013.pdf" TargetMode="External"/><Relationship Id="rId1237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9006/ato_de_presidente_006-2025.pdf" TargetMode="External"/><Relationship Id="rId1238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9012/oficio_pl.pdf" TargetMode="External"/><Relationship Id="rId1239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9013/oficio_progressistas.pdf" TargetMode="External"/><Relationship Id="rId1240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9011/oficio_gabinete.pdf" TargetMode="External"/><Relationship Id="rId1241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9047/oficio_001-2025_partido_solidariedade.pdf" TargetMode="External"/><Relationship Id="rId1242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9820/oficio_066-2025_secretaria_de_governo.pdf" TargetMode="External"/><Relationship Id="rId1243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9625/recomendacao_administrativa_no_01-2025-_gpgmpc-pr.pdf" TargetMode="External"/><Relationship Id="rId1244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10157/recomendacao_administrativa_no_002-2025-gpgmpc.pdf" TargetMode="External"/><Relationship Id="rId1245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9756/requerimento_001-2025_ccj.pdf" TargetMode="External"/><Relationship Id="rId1251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/9757/requerimento_001-2025_ccj.pdf" TargetMode="External"/><Relationship Id="rId1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2025/10021/mensagem_aditiva_001-2025_executivo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H1248"/>
+  <dimension ref="A1:H1253"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="6" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="40" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="173.140625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="176.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -30374,16237 +30419,16355 @@
       </c>
       <c r="D618" t="s">
         <v>2230</v>
       </c>
       <c r="E618" t="s">
         <v>2231</v>
       </c>
       <c r="F618" t="s">
         <v>2181</v>
       </c>
       <c r="G618" s="1" t="s">
         <v>2411</v>
       </c>
       <c r="H618" t="s">
         <v>2412</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
         <v>2413</v>
       </c>
       <c r="B619" t="s">
         <v>9</v>
       </c>
       <c r="C619" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="D619" t="s">
         <v>2230</v>
       </c>
       <c r="E619" t="s">
         <v>2231</v>
       </c>
       <c r="F619" t="s">
         <v>2181</v>
       </c>
       <c r="G619" s="1" t="s">
         <v>2414</v>
       </c>
       <c r="H619" t="s">
         <v>2415</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
         <v>2416</v>
       </c>
       <c r="B620" t="s">
         <v>9</v>
       </c>
       <c r="C620" t="s">
-        <v>17</v>
+        <v>305</v>
       </c>
       <c r="D620" t="s">
+        <v>2230</v>
+      </c>
+      <c r="E620" t="s">
+        <v>2231</v>
+      </c>
+      <c r="F620" t="s">
+        <v>2181</v>
+      </c>
+      <c r="G620" s="1" t="s">
         <v>2417</v>
       </c>
-      <c r="E620" t="s">
+      <c r="H620" t="s">
         <v>2418</v>
-      </c>
-[...7 lines deleted...]
-        <v>2420</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
+        <v>2419</v>
+      </c>
+      <c r="B621" t="s">
+        <v>9</v>
+      </c>
+      <c r="C621" t="s">
+        <v>17</v>
+      </c>
+      <c r="D621" t="s">
+        <v>2420</v>
+      </c>
+      <c r="E621" t="s">
         <v>2421</v>
       </c>
-      <c r="B621" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F621" t="s">
-        <v>23</v>
+        <v>2208</v>
       </c>
       <c r="G621" s="1" t="s">
         <v>2422</v>
       </c>
       <c r="H621" t="s">
         <v>2423</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
         <v>2424</v>
       </c>
       <c r="B622" t="s">
         <v>9</v>
       </c>
       <c r="C622" t="s">
-        <v>32</v>
+        <v>22</v>
       </c>
       <c r="D622" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E622" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F622" t="s">
         <v>23</v>
       </c>
       <c r="G622" s="1" t="s">
         <v>2425</v>
       </c>
       <c r="H622" t="s">
         <v>2426</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
         <v>2427</v>
       </c>
       <c r="B623" t="s">
         <v>9</v>
       </c>
       <c r="C623" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D623" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E623" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F623" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="G623" s="1" t="s">
         <v>2428</v>
       </c>
       <c r="H623" t="s">
         <v>2429</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
         <v>2430</v>
       </c>
       <c r="B624" t="s">
         <v>9</v>
       </c>
       <c r="C624" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D624" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E624" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F624" t="s">
-        <v>58</v>
+        <v>53</v>
       </c>
       <c r="G624" s="1" t="s">
         <v>2431</v>
       </c>
       <c r="H624" t="s">
         <v>2432</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
         <v>2433</v>
       </c>
       <c r="B625" t="s">
         <v>9</v>
       </c>
       <c r="C625" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D625" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E625" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F625" t="s">
+        <v>58</v>
+      </c>
+      <c r="G625" s="1" t="s">
         <v>2434</v>
       </c>
-      <c r="G625" s="1" t="s">
+      <c r="H625" t="s">
         <v>2435</v>
-      </c>
-[...1 lines deleted...]
-        <v>2436</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
+        <v>2436</v>
+      </c>
+      <c r="B626" t="s">
+        <v>9</v>
+      </c>
+      <c r="C626" t="s">
+        <v>47</v>
+      </c>
+      <c r="D626" t="s">
+        <v>2420</v>
+      </c>
+      <c r="E626" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F626" t="s">
         <v>2437</v>
       </c>
-      <c r="B626" t="s">
-[...11 lines deleted...]
-      <c r="F626" t="s">
+      <c r="G626" s="1" t="s">
         <v>2438</v>
       </c>
-      <c r="G626" s="1" t="s">
+      <c r="H626" t="s">
         <v>2439</v>
-      </c>
-[...1 lines deleted...]
-        <v>2440</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
+        <v>2440</v>
+      </c>
+      <c r="B627" t="s">
+        <v>9</v>
+      </c>
+      <c r="C627" t="s">
+        <v>62</v>
+      </c>
+      <c r="D627" t="s">
+        <v>2420</v>
+      </c>
+      <c r="E627" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F627" t="s">
         <v>2441</v>
-      </c>
-[...13 lines deleted...]
-        <v>97</v>
       </c>
       <c r="G627" s="1" t="s">
         <v>2442</v>
       </c>
       <c r="H627" t="s">
         <v>2443</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
         <v>2444</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
-        <v>75</v>
+        <v>67</v>
       </c>
       <c r="D628" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E628" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F628" t="s">
-        <v>28</v>
+        <v>97</v>
       </c>
       <c r="G628" s="1" t="s">
         <v>2445</v>
       </c>
       <c r="H628" t="s">
         <v>2446</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
         <v>2447</v>
       </c>
       <c r="B629" t="s">
         <v>9</v>
       </c>
       <c r="C629" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="D629" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E629" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F629" t="s">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="G629" s="1" t="s">
         <v>2448</v>
       </c>
       <c r="H629" t="s">
         <v>2449</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
         <v>2450</v>
       </c>
       <c r="B630" t="s">
         <v>9</v>
       </c>
       <c r="C630" t="s">
-        <v>88</v>
+        <v>80</v>
       </c>
       <c r="D630" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E630" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F630" t="s">
+        <v>58</v>
+      </c>
+      <c r="G630" s="1" t="s">
         <v>2451</v>
       </c>
-      <c r="G630" s="1" t="s">
+      <c r="H630" t="s">
         <v>2452</v>
-      </c>
-[...1 lines deleted...]
-        <v>2453</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
+        <v>2453</v>
+      </c>
+      <c r="B631" t="s">
+        <v>9</v>
+      </c>
+      <c r="C631" t="s">
+        <v>88</v>
+      </c>
+      <c r="D631" t="s">
+        <v>2420</v>
+      </c>
+      <c r="E631" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F631" t="s">
         <v>2454</v>
-      </c>
-[...13 lines deleted...]
-        <v>58</v>
       </c>
       <c r="G631" s="1" t="s">
         <v>2455</v>
       </c>
       <c r="H631" t="s">
         <v>2456</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
         <v>2457</v>
       </c>
       <c r="B632" t="s">
         <v>9</v>
       </c>
       <c r="C632" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D632" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E632" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F632" t="s">
-        <v>222</v>
+        <v>58</v>
       </c>
       <c r="G632" s="1" t="s">
         <v>2458</v>
       </c>
       <c r="H632" t="s">
         <v>2459</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
         <v>2460</v>
       </c>
       <c r="B633" t="s">
         <v>9</v>
       </c>
       <c r="C633" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="D633" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E633" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F633" t="s">
-        <v>43</v>
+        <v>222</v>
       </c>
       <c r="G633" s="1" t="s">
         <v>2461</v>
       </c>
       <c r="H633" t="s">
         <v>2462</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
         <v>2463</v>
       </c>
       <c r="B634" t="s">
         <v>9</v>
       </c>
       <c r="C634" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="D634" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E634" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F634" t="s">
+        <v>43</v>
+      </c>
+      <c r="G634" s="1" t="s">
         <v>2464</v>
       </c>
-      <c r="G634" s="1" t="s">
+      <c r="H634" t="s">
         <v>2465</v>
-      </c>
-[...1 lines deleted...]
-        <v>2466</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
+        <v>2466</v>
+      </c>
+      <c r="B635" t="s">
+        <v>9</v>
+      </c>
+      <c r="C635" t="s">
+        <v>105</v>
+      </c>
+      <c r="D635" t="s">
+        <v>2420</v>
+      </c>
+      <c r="E635" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F635" t="s">
         <v>2467</v>
-      </c>
-[...13 lines deleted...]
-        <v>76</v>
       </c>
       <c r="G635" s="1" t="s">
         <v>2468</v>
       </c>
       <c r="H635" t="s">
         <v>2469</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
         <v>2470</v>
       </c>
       <c r="B636" t="s">
         <v>9</v>
       </c>
       <c r="C636" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D636" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E636" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F636" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="G636" s="1" t="s">
         <v>2471</v>
       </c>
       <c r="H636" t="s">
         <v>2472</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
         <v>2473</v>
       </c>
       <c r="B637" t="s">
         <v>9</v>
       </c>
       <c r="C637" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="D637" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E637" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F637" t="s">
+        <v>23</v>
+      </c>
+      <c r="G637" s="1" t="s">
         <v>2474</v>
       </c>
-      <c r="G637" s="1" t="s">
+      <c r="H637" t="s">
         <v>2475</v>
-      </c>
-[...1 lines deleted...]
-        <v>2476</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
+        <v>2476</v>
+      </c>
+      <c r="B638" t="s">
+        <v>9</v>
+      </c>
+      <c r="C638" t="s">
+        <v>117</v>
+      </c>
+      <c r="D638" t="s">
+        <v>2420</v>
+      </c>
+      <c r="E638" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F638" t="s">
         <v>2477</v>
-      </c>
-[...13 lines deleted...]
-        <v>23</v>
       </c>
       <c r="G638" s="1" t="s">
         <v>2478</v>
       </c>
       <c r="H638" t="s">
         <v>2479</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
         <v>2480</v>
       </c>
       <c r="B639" t="s">
         <v>9</v>
       </c>
       <c r="C639" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D639" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E639" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F639" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="G639" s="1" t="s">
         <v>2481</v>
       </c>
       <c r="H639" t="s">
         <v>2482</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
         <v>2483</v>
       </c>
       <c r="B640" t="s">
         <v>9</v>
       </c>
       <c r="C640" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D640" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E640" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F640" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="G640" s="1" t="s">
         <v>2484</v>
       </c>
       <c r="H640" t="s">
         <v>2485</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
         <v>2486</v>
       </c>
       <c r="B641" t="s">
         <v>9</v>
       </c>
       <c r="C641" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D641" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E641" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F641" t="s">
-        <v>18</v>
+        <v>97</v>
       </c>
       <c r="G641" s="1" t="s">
         <v>2487</v>
       </c>
       <c r="H641" t="s">
         <v>2488</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
         <v>2489</v>
       </c>
       <c r="B642" t="s">
         <v>9</v>
       </c>
       <c r="C642" t="s">
-        <v>141</v>
+        <v>133</v>
       </c>
       <c r="D642" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E642" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F642" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="G642" s="1" t="s">
         <v>2490</v>
       </c>
       <c r="H642" t="s">
         <v>2491</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
         <v>2492</v>
       </c>
       <c r="B643" t="s">
         <v>9</v>
       </c>
       <c r="C643" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D643" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E643" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F643" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="G643" s="1" t="s">
         <v>2493</v>
       </c>
       <c r="H643" t="s">
         <v>2494</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
         <v>2495</v>
       </c>
       <c r="B644" t="s">
         <v>9</v>
       </c>
       <c r="C644" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D644" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E644" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F644" t="s">
-        <v>76</v>
+        <v>18</v>
       </c>
       <c r="G644" s="1" t="s">
         <v>2496</v>
       </c>
       <c r="H644" t="s">
         <v>2497</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
         <v>2498</v>
       </c>
       <c r="B645" t="s">
         <v>9</v>
       </c>
       <c r="C645" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="D645" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E645" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F645" t="s">
-        <v>18</v>
+        <v>76</v>
       </c>
       <c r="G645" s="1" t="s">
         <v>2499</v>
       </c>
       <c r="H645" t="s">
         <v>2500</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
         <v>2501</v>
       </c>
       <c r="B646" t="s">
         <v>9</v>
       </c>
       <c r="C646" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="D646" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E646" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F646" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="G646" s="1" t="s">
         <v>2502</v>
       </c>
       <c r="H646" t="s">
         <v>2503</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
         <v>2504</v>
       </c>
       <c r="B647" t="s">
         <v>9</v>
       </c>
       <c r="C647" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="D647" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E647" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F647" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="G647" s="1" t="s">
         <v>2505</v>
       </c>
       <c r="H647" t="s">
         <v>2506</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
         <v>2507</v>
       </c>
       <c r="B648" t="s">
         <v>9</v>
       </c>
       <c r="C648" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="D648" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E648" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F648" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="G648" s="1" t="s">
         <v>2508</v>
       </c>
       <c r="H648" t="s">
         <v>2509</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
         <v>2510</v>
       </c>
       <c r="B649" t="s">
         <v>9</v>
       </c>
       <c r="C649" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="D649" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E649" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F649" t="s">
         <v>63</v>
       </c>
       <c r="G649" s="1" t="s">
         <v>2511</v>
       </c>
       <c r="H649" t="s">
         <v>2512</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
         <v>2513</v>
       </c>
       <c r="B650" t="s">
         <v>9</v>
       </c>
       <c r="C650" t="s">
-        <v>189</v>
+        <v>169</v>
       </c>
       <c r="D650" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E650" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F650" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="G650" s="1" t="s">
         <v>2514</v>
       </c>
       <c r="H650" t="s">
         <v>2515</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
         <v>2516</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D651" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E651" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F651" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="G651" s="1" t="s">
         <v>2517</v>
       </c>
       <c r="H651" t="s">
         <v>2518</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
         <v>2519</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="D652" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E652" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F652" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="G652" s="1" t="s">
         <v>2520</v>
       </c>
       <c r="H652" t="s">
         <v>2521</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
         <v>2522</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="D653" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E653" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F653" t="s">
         <v>18</v>
       </c>
       <c r="G653" s="1" t="s">
         <v>2523</v>
       </c>
       <c r="H653" t="s">
         <v>2524</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
         <v>2525</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D654" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E654" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F654" t="s">
-        <v>2208</v>
+        <v>18</v>
       </c>
       <c r="G654" s="1" t="s">
         <v>2526</v>
       </c>
       <c r="H654" t="s">
         <v>2527</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
         <v>2528</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D655" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E655" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F655" t="s">
-        <v>76</v>
+        <v>2208</v>
       </c>
       <c r="G655" s="1" t="s">
         <v>2529</v>
       </c>
       <c r="H655" t="s">
         <v>2530</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
         <v>2531</v>
       </c>
       <c r="B656" t="s">
         <v>9</v>
       </c>
       <c r="C656" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D656" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E656" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F656" t="s">
-        <v>18</v>
+        <v>76</v>
       </c>
       <c r="G656" s="1" t="s">
         <v>2532</v>
       </c>
       <c r="H656" t="s">
         <v>2533</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
         <v>2534</v>
       </c>
       <c r="B657" t="s">
         <v>9</v>
       </c>
       <c r="C657" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D657" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E657" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F657" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G657" s="1" t="s">
         <v>2535</v>
       </c>
       <c r="H657" t="s">
         <v>2536</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
         <v>2537</v>
       </c>
       <c r="B658" t="s">
         <v>9</v>
       </c>
       <c r="C658" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="D658" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E658" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F658" t="s">
-        <v>2208</v>
+        <v>23</v>
       </c>
       <c r="G658" s="1" t="s">
         <v>2538</v>
       </c>
       <c r="H658" t="s">
         <v>2539</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
         <v>2540</v>
       </c>
       <c r="B659" t="s">
         <v>9</v>
       </c>
       <c r="C659" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="D659" t="s">
-        <v>2417</v>
+        <v>2420</v>
       </c>
       <c r="E659" t="s">
-        <v>2418</v>
+        <v>2421</v>
       </c>
       <c r="F659" t="s">
+        <v>2208</v>
+      </c>
+      <c r="G659" s="1" t="s">
         <v>2541</v>
       </c>
-      <c r="G659" s="1" t="s">
+      <c r="H659" t="s">
         <v>2542</v>
-      </c>
-[...1 lines deleted...]
-        <v>2543</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
+        <v>2543</v>
+      </c>
+      <c r="B660" t="s">
+        <v>9</v>
+      </c>
+      <c r="C660" t="s">
+        <v>226</v>
+      </c>
+      <c r="D660" t="s">
+        <v>2420</v>
+      </c>
+      <c r="E660" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F660" t="s">
         <v>2544</v>
       </c>
-      <c r="B660" t="s">
-[...5 lines deleted...]
-      <c r="D660" t="s">
+      <c r="G660" s="1" t="s">
         <v>2545</v>
       </c>
-      <c r="E660" t="s">
+      <c r="H660" t="s">
         <v>2546</v>
-      </c>
-[...7 lines deleted...]
-        <v>2548</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
+        <v>2547</v>
+      </c>
+      <c r="B661" t="s">
+        <v>9</v>
+      </c>
+      <c r="C661" t="s">
+        <v>10</v>
+      </c>
+      <c r="D661" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E661" t="s">
         <v>2549</v>
-      </c>
-[...10 lines deleted...]
-        <v>2546</v>
       </c>
       <c r="F661" t="s">
         <v>2208</v>
       </c>
       <c r="G661" s="1" t="s">
         <v>2550</v>
       </c>
       <c r="H661" t="s">
         <v>2551</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
         <v>2552</v>
       </c>
       <c r="B662" t="s">
         <v>9</v>
       </c>
       <c r="C662" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D662" t="s">
-        <v>2545</v>
+        <v>2548</v>
       </c>
       <c r="E662" t="s">
-        <v>2546</v>
+        <v>2549</v>
       </c>
       <c r="F662" t="s">
         <v>2208</v>
       </c>
       <c r="G662" s="1" t="s">
         <v>2553</v>
       </c>
       <c r="H662" t="s">
         <v>2554</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
         <v>2555</v>
       </c>
       <c r="B663" t="s">
         <v>9</v>
       </c>
       <c r="C663" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D663" t="s">
-        <v>2545</v>
+        <v>2548</v>
       </c>
       <c r="E663" t="s">
-        <v>2546</v>
+        <v>2549</v>
       </c>
       <c r="F663" t="s">
         <v>2208</v>
       </c>
       <c r="G663" s="1" t="s">
         <v>2556</v>
       </c>
       <c r="H663" t="s">
         <v>2557</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
         <v>2558</v>
       </c>
       <c r="B664" t="s">
         <v>9</v>
       </c>
       <c r="C664" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="D664" t="s">
+        <v>2548</v>
+      </c>
+      <c r="E664" t="s">
+        <v>2549</v>
+      </c>
+      <c r="F664" t="s">
+        <v>2208</v>
+      </c>
+      <c r="G664" s="1" t="s">
         <v>2559</v>
       </c>
-      <c r="E664" t="s">
+      <c r="H664" t="s">
         <v>2560</v>
-      </c>
-[...7 lines deleted...]
-        <v>2562</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
-        <v>2563</v>
+        <v>2561</v>
       </c>
       <c r="B665" t="s">
         <v>9</v>
       </c>
       <c r="C665" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D665" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E665" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F665" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G665" s="1" t="s">
         <v>2564</v>
       </c>
       <c r="H665" t="s">
         <v>2565</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
         <v>2566</v>
       </c>
       <c r="B666" t="s">
         <v>9</v>
       </c>
       <c r="C666" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D666" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E666" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F666" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G666" s="1" t="s">
         <v>2567</v>
       </c>
       <c r="H666" t="s">
         <v>2568</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
         <v>2569</v>
       </c>
       <c r="B667" t="s">
         <v>9</v>
       </c>
       <c r="C667" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D667" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E667" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F667" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="G667" s="1" t="s">
         <v>2570</v>
       </c>
       <c r="H667" t="s">
         <v>2571</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
         <v>2572</v>
       </c>
       <c r="B668" t="s">
         <v>9</v>
       </c>
       <c r="C668" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D668" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E668" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F668" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="G668" s="1" t="s">
         <v>2573</v>
       </c>
       <c r="H668" t="s">
         <v>2574</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
         <v>2575</v>
       </c>
       <c r="B669" t="s">
         <v>9</v>
       </c>
       <c r="C669" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D669" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E669" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F669" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="G669" s="1" t="s">
         <v>2576</v>
       </c>
       <c r="H669" t="s">
         <v>2577</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
         <v>2578</v>
       </c>
       <c r="B670" t="s">
         <v>9</v>
       </c>
       <c r="C670" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D670" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E670" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F670" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="G670" s="1" t="s">
         <v>2579</v>
       </c>
       <c r="H670" t="s">
         <v>2580</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
         <v>2581</v>
       </c>
       <c r="B671" t="s">
         <v>9</v>
       </c>
       <c r="C671" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D671" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E671" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F671" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="G671" s="1" t="s">
         <v>2582</v>
       </c>
       <c r="H671" t="s">
         <v>2583</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
         <v>2584</v>
       </c>
       <c r="B672" t="s">
         <v>9</v>
       </c>
       <c r="C672" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="D672" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E672" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F672" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="G672" s="1" t="s">
         <v>2585</v>
       </c>
       <c r="H672" t="s">
         <v>2586</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
         <v>2587</v>
       </c>
       <c r="B673" t="s">
         <v>9</v>
       </c>
       <c r="C673" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="D673" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E673" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F673" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="G673" s="1" t="s">
         <v>2588</v>
       </c>
       <c r="H673" t="s">
         <v>2589</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
         <v>2590</v>
       </c>
       <c r="B674" t="s">
         <v>9</v>
       </c>
       <c r="C674" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="D674" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E674" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F674" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="G674" s="1" t="s">
         <v>2591</v>
       </c>
       <c r="H674" t="s">
         <v>2592</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
         <v>2593</v>
       </c>
       <c r="B675" t="s">
         <v>9</v>
       </c>
       <c r="C675" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="D675" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E675" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F675" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="G675" s="1" t="s">
         <v>2594</v>
       </c>
       <c r="H675" t="s">
         <v>2595</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
         <v>2596</v>
       </c>
       <c r="B676" t="s">
         <v>9</v>
       </c>
       <c r="C676" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D676" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E676" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F676" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="G676" s="1" t="s">
         <v>2597</v>
       </c>
       <c r="H676" t="s">
         <v>2598</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
         <v>2599</v>
       </c>
       <c r="B677" t="s">
         <v>9</v>
       </c>
       <c r="C677" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D677" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E677" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F677" t="s">
-        <v>2099</v>
+        <v>33</v>
       </c>
       <c r="G677" s="1" t="s">
         <v>2600</v>
       </c>
       <c r="H677" t="s">
         <v>2601</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
         <v>2602</v>
       </c>
       <c r="B678" t="s">
         <v>9</v>
       </c>
       <c r="C678" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="D678" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E678" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F678" t="s">
-        <v>23</v>
+        <v>2099</v>
       </c>
       <c r="G678" s="1" t="s">
         <v>2603</v>
       </c>
       <c r="H678" t="s">
         <v>2604</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
         <v>2605</v>
       </c>
       <c r="B679" t="s">
         <v>9</v>
       </c>
       <c r="C679" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D679" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E679" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F679" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="G679" s="1" t="s">
         <v>2606</v>
       </c>
       <c r="H679" t="s">
         <v>2607</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
         <v>2608</v>
       </c>
       <c r="B680" t="s">
         <v>9</v>
       </c>
       <c r="C680" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="D680" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E680" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F680" t="s">
+        <v>28</v>
+      </c>
+      <c r="G680" s="1" t="s">
         <v>2609</v>
       </c>
-      <c r="G680" s="1" t="s">
+      <c r="H680" t="s">
         <v>2610</v>
-      </c>
-[...1 lines deleted...]
-        <v>2611</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
+        <v>2611</v>
+      </c>
+      <c r="B681" t="s">
+        <v>9</v>
+      </c>
+      <c r="C681" t="s">
+        <v>88</v>
+      </c>
+      <c r="D681" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E681" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F681" t="s">
         <v>2612</v>
-      </c>
-[...13 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G681" s="1" t="s">
         <v>2613</v>
       </c>
       <c r="H681" t="s">
         <v>2614</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
         <v>2615</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="D682" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E682" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F682" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G682" s="1" t="s">
         <v>2616</v>
       </c>
       <c r="H682" t="s">
         <v>2617</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
         <v>2618</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="D683" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E683" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F683" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="G683" s="1" t="s">
         <v>2619</v>
       </c>
       <c r="H683" t="s">
         <v>2620</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
         <v>2621</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="D684" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E684" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F684" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="G684" s="1" t="s">
         <v>2622</v>
       </c>
       <c r="H684" t="s">
         <v>2623</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
         <v>2624</v>
       </c>
       <c r="B685" t="s">
         <v>9</v>
       </c>
       <c r="C685" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D685" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E685" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F685" t="s">
-        <v>58</v>
+        <v>97</v>
       </c>
       <c r="G685" s="1" t="s">
         <v>2625</v>
       </c>
       <c r="H685" t="s">
         <v>2626</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
         <v>2627</v>
       </c>
       <c r="B686" t="s">
         <v>9</v>
       </c>
       <c r="C686" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="D686" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E686" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F686" t="s">
-        <v>76</v>
+        <v>58</v>
       </c>
       <c r="G686" s="1" t="s">
         <v>2628</v>
       </c>
       <c r="H686" t="s">
         <v>2629</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
         <v>2630</v>
       </c>
       <c r="B687" t="s">
         <v>9</v>
       </c>
       <c r="C687" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="D687" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E687" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F687" t="s">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="G687" s="1" t="s">
         <v>2631</v>
       </c>
       <c r="H687" t="s">
         <v>2632</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
         <v>2633</v>
       </c>
       <c r="B688" t="s">
         <v>9</v>
       </c>
       <c r="C688" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D688" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E688" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F688" t="s">
-        <v>18</v>
+        <v>63</v>
       </c>
       <c r="G688" s="1" t="s">
         <v>2634</v>
       </c>
       <c r="H688" t="s">
         <v>2635</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
         <v>2636</v>
       </c>
       <c r="B689" t="s">
         <v>9</v>
       </c>
       <c r="C689" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D689" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E689" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F689" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="G689" s="1" t="s">
         <v>2637</v>
       </c>
       <c r="H689" t="s">
         <v>2638</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
         <v>2639</v>
       </c>
       <c r="B690" t="s">
         <v>9</v>
       </c>
       <c r="C690" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D690" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E690" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F690" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="G690" s="1" t="s">
         <v>2640</v>
       </c>
       <c r="H690" t="s">
         <v>2641</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
         <v>2642</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D691" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E691" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F691" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="G691" s="1" t="s">
         <v>2643</v>
       </c>
       <c r="H691" t="s">
         <v>2644</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
         <v>2645</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D692" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E692" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F692" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="G692" s="1" t="s">
         <v>2646</v>
       </c>
       <c r="H692" t="s">
         <v>2647</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
         <v>2648</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D693" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E693" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F693" t="s">
+        <v>63</v>
+      </c>
+      <c r="G693" s="1" t="s">
         <v>2649</v>
       </c>
-      <c r="G693" s="1" t="s">
+      <c r="H693" t="s">
         <v>2650</v>
-      </c>
-[...1 lines deleted...]
-        <v>2651</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
+        <v>2651</v>
+      </c>
+      <c r="B694" t="s">
+        <v>9</v>
+      </c>
+      <c r="C694" t="s">
+        <v>145</v>
+      </c>
+      <c r="D694" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E694" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F694" t="s">
         <v>2652</v>
-      </c>
-[...13 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G694" s="1" t="s">
         <v>2653</v>
       </c>
       <c r="H694" t="s">
         <v>2654</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
         <v>2655</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="D695" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E695" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F695" t="s">
-        <v>97</v>
+        <v>43</v>
       </c>
       <c r="G695" s="1" t="s">
         <v>2656</v>
       </c>
       <c r="H695" t="s">
         <v>2657</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
         <v>2658</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="D696" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E696" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F696" t="s">
-        <v>38</v>
+        <v>97</v>
       </c>
       <c r="G696" s="1" t="s">
         <v>2659</v>
       </c>
       <c r="H696" t="s">
         <v>2660</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
         <v>2661</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="D697" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E697" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F697" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="G697" s="1" t="s">
         <v>2662</v>
       </c>
       <c r="H697" t="s">
         <v>2663</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
         <v>2664</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="D698" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E698" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F698" t="s">
-        <v>76</v>
+        <v>18</v>
       </c>
       <c r="G698" s="1" t="s">
         <v>2665</v>
       </c>
       <c r="H698" t="s">
         <v>2666</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
         <v>2667</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="D699" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E699" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F699" t="s">
-        <v>28</v>
+        <v>76</v>
       </c>
       <c r="G699" s="1" t="s">
         <v>2668</v>
       </c>
       <c r="H699" t="s">
         <v>2669</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
         <v>2670</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="D700" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E700" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F700" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="G700" s="1" t="s">
         <v>2671</v>
       </c>
       <c r="H700" t="s">
         <v>2672</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
         <v>2673</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="D701" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E701" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F701" t="s">
-        <v>97</v>
+        <v>53</v>
       </c>
       <c r="G701" s="1" t="s">
         <v>2674</v>
       </c>
       <c r="H701" t="s">
         <v>2675</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
         <v>2676</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="D702" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E702" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F702" t="s">
-        <v>43</v>
+        <v>97</v>
       </c>
       <c r="G702" s="1" t="s">
         <v>2677</v>
       </c>
       <c r="H702" t="s">
         <v>2678</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
         <v>2679</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="D703" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E703" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F703" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="G703" s="1" t="s">
         <v>2680</v>
       </c>
       <c r="H703" t="s">
         <v>2681</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
         <v>2682</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="D704" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E704" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F704" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="G704" s="1" t="s">
         <v>2683</v>
       </c>
       <c r="H704" t="s">
         <v>2684</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
         <v>2685</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="D705" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E705" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F705" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G705" s="1" t="s">
         <v>2686</v>
       </c>
       <c r="H705" t="s">
         <v>2687</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
         <v>2688</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="D706" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E706" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F706" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="G706" s="1" t="s">
         <v>2689</v>
       </c>
       <c r="H706" t="s">
         <v>2690</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
         <v>2691</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>201</v>
+        <v>197</v>
       </c>
       <c r="D707" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E707" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F707" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="G707" s="1" t="s">
         <v>2692</v>
       </c>
       <c r="H707" t="s">
         <v>2693</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
         <v>2694</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="D708" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E708" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F708" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="G708" s="1" t="s">
         <v>2695</v>
       </c>
       <c r="H708" t="s">
         <v>2696</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
         <v>2697</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="D709" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E709" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F709" t="s">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="G709" s="1" t="s">
         <v>2698</v>
       </c>
       <c r="H709" t="s">
         <v>2699</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
         <v>2700</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="D710" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E710" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F710" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="G710" s="1" t="s">
         <v>2701</v>
       </c>
       <c r="H710" t="s">
         <v>2702</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
         <v>2703</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>221</v>
+        <v>213</v>
       </c>
       <c r="D711" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E711" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F711" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="G711" s="1" t="s">
         <v>2704</v>
       </c>
       <c r="H711" t="s">
         <v>2705</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
         <v>2706</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="D712" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E712" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F712" t="s">
-        <v>97</v>
+        <v>18</v>
       </c>
       <c r="G712" s="1" t="s">
         <v>2707</v>
       </c>
       <c r="H712" t="s">
         <v>2708</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
         <v>2709</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
       <c r="D713" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E713" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F713" t="s">
-        <v>38</v>
+        <v>97</v>
       </c>
       <c r="G713" s="1" t="s">
         <v>2710</v>
       </c>
       <c r="H713" t="s">
         <v>2711</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
         <v>2712</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="D714" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E714" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F714" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="G714" s="1" t="s">
         <v>2713</v>
       </c>
       <c r="H714" t="s">
         <v>2714</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
         <v>2715</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="D715" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E715" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F715" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="G715" s="1" t="s">
         <v>2716</v>
       </c>
       <c r="H715" t="s">
         <v>2717</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
         <v>2718</v>
       </c>
       <c r="B716" t="s">
         <v>9</v>
       </c>
       <c r="C716" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="D716" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E716" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F716" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="G716" s="1" t="s">
         <v>2719</v>
       </c>
       <c r="H716" t="s">
         <v>2720</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
         <v>2721</v>
       </c>
       <c r="B717" t="s">
         <v>9</v>
       </c>
       <c r="C717" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="D717" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E717" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F717" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="G717" s="1" t="s">
         <v>2722</v>
       </c>
       <c r="H717" t="s">
         <v>2723</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
         <v>2724</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="D718" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E718" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F718" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G718" s="1" t="s">
         <v>2725</v>
       </c>
       <c r="H718" t="s">
         <v>2726</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
         <v>2727</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>255</v>
+        <v>251</v>
       </c>
       <c r="D719" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E719" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F719" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="G719" s="1" t="s">
         <v>2728</v>
       </c>
       <c r="H719" t="s">
         <v>2729</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
         <v>2730</v>
       </c>
       <c r="B720" t="s">
         <v>9</v>
       </c>
       <c r="C720" t="s">
-        <v>264</v>
+        <v>255</v>
       </c>
       <c r="D720" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E720" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F720" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="G720" s="1" t="s">
         <v>2731</v>
       </c>
       <c r="H720" t="s">
         <v>2732</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
         <v>2733</v>
       </c>
       <c r="B721" t="s">
         <v>9</v>
       </c>
       <c r="C721" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="D721" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E721" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F721" t="s">
+        <v>28</v>
+      </c>
+      <c r="G721" s="1" t="s">
         <v>2734</v>
       </c>
-      <c r="G721" s="1" t="s">
+      <c r="H721" t="s">
         <v>2735</v>
-      </c>
-[...1 lines deleted...]
-        <v>2736</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
+        <v>2736</v>
+      </c>
+      <c r="B722" t="s">
+        <v>9</v>
+      </c>
+      <c r="C722" t="s">
+        <v>268</v>
+      </c>
+      <c r="D722" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E722" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F722" t="s">
         <v>2737</v>
-      </c>
-[...13 lines deleted...]
-        <v>53</v>
       </c>
       <c r="G722" s="1" t="s">
         <v>2738</v>
       </c>
       <c r="H722" t="s">
         <v>2739</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
         <v>2740</v>
       </c>
       <c r="B723" t="s">
         <v>9</v>
       </c>
       <c r="C723" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="D723" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E723" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F723" t="s">
-        <v>97</v>
+        <v>53</v>
       </c>
       <c r="G723" s="1" t="s">
         <v>2741</v>
       </c>
       <c r="H723" t="s">
         <v>2742</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
         <v>2743</v>
       </c>
       <c r="B724" t="s">
         <v>9</v>
       </c>
       <c r="C724" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="D724" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E724" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F724" t="s">
-        <v>63</v>
+        <v>97</v>
       </c>
       <c r="G724" s="1" t="s">
         <v>2744</v>
       </c>
       <c r="H724" t="s">
         <v>2745</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
         <v>2746</v>
       </c>
       <c r="B725" t="s">
         <v>9</v>
       </c>
       <c r="C725" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="D725" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E725" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F725" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="G725" s="1" t="s">
         <v>2747</v>
       </c>
       <c r="H725" t="s">
         <v>2748</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
         <v>2749</v>
       </c>
       <c r="B726" t="s">
         <v>9</v>
       </c>
       <c r="C726" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="D726" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E726" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F726" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G726" s="1" t="s">
         <v>2750</v>
       </c>
       <c r="H726" t="s">
         <v>2751</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
         <v>2752</v>
       </c>
       <c r="B727" t="s">
         <v>9</v>
       </c>
       <c r="C727" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="D727" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E727" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F727" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="G727" s="1" t="s">
         <v>2753</v>
       </c>
       <c r="H727" t="s">
         <v>2754</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
         <v>2755</v>
       </c>
       <c r="B728" t="s">
         <v>9</v>
       </c>
       <c r="C728" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="D728" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E728" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F728" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G728" s="1" t="s">
         <v>2756</v>
       </c>
       <c r="H728" t="s">
         <v>2757</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
         <v>2758</v>
       </c>
       <c r="B729" t="s">
         <v>9</v>
       </c>
       <c r="C729" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="D729" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E729" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F729" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G729" s="1" t="s">
         <v>2759</v>
       </c>
       <c r="H729" t="s">
         <v>2760</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
         <v>2761</v>
       </c>
       <c r="B730" t="s">
         <v>9</v>
       </c>
       <c r="C730" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="D730" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E730" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F730" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G730" s="1" t="s">
         <v>2762</v>
       </c>
       <c r="H730" t="s">
         <v>2763</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
         <v>2764</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="D731" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E731" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F731" t="s">
-        <v>48</v>
+        <v>18</v>
       </c>
       <c r="G731" s="1" t="s">
         <v>2765</v>
       </c>
       <c r="H731" t="s">
         <v>2766</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
         <v>2767</v>
       </c>
       <c r="B732" t="s">
         <v>9</v>
       </c>
       <c r="C732" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="D732" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E732" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F732" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="G732" s="1" t="s">
         <v>2768</v>
       </c>
       <c r="H732" t="s">
         <v>2769</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
         <v>2770</v>
       </c>
       <c r="B733" t="s">
         <v>9</v>
       </c>
       <c r="C733" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="D733" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E733" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F733" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="G733" s="1" t="s">
         <v>2771</v>
       </c>
       <c r="H733" t="s">
         <v>2772</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
         <v>2773</v>
       </c>
       <c r="B734" t="s">
         <v>9</v>
       </c>
       <c r="C734" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="D734" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E734" t="s">
-        <v>2560</v>
+        <v>2563</v>
+      </c>
+      <c r="F734" t="s">
+        <v>33</v>
       </c>
       <c r="G734" s="1" t="s">
         <v>2774</v>
       </c>
       <c r="H734" t="s">
         <v>2775</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
         <v>2776</v>
       </c>
       <c r="B735" t="s">
         <v>9</v>
       </c>
       <c r="C735" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="D735" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E735" t="s">
-        <v>2560</v>
-[...2 lines deleted...]
-        <v>53</v>
+        <v>2563</v>
       </c>
       <c r="G735" s="1" t="s">
         <v>2777</v>
       </c>
       <c r="H735" t="s">
         <v>2778</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
         <v>2779</v>
       </c>
       <c r="B736" t="s">
         <v>9</v>
       </c>
       <c r="C736" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="D736" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E736" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F736" t="s">
-        <v>97</v>
+        <v>53</v>
       </c>
       <c r="G736" s="1" t="s">
         <v>2780</v>
       </c>
       <c r="H736" t="s">
         <v>2781</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
         <v>2782</v>
       </c>
       <c r="B737" t="s">
         <v>9</v>
       </c>
       <c r="C737" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="D737" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E737" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F737" t="s">
-        <v>48</v>
+        <v>97</v>
       </c>
       <c r="G737" s="1" t="s">
         <v>2783</v>
       </c>
       <c r="H737" t="s">
         <v>2784</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
         <v>2785</v>
       </c>
       <c r="B738" t="s">
         <v>9</v>
       </c>
       <c r="C738" t="s">
-        <v>337</v>
+        <v>333</v>
       </c>
       <c r="D738" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E738" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F738" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="G738" s="1" t="s">
         <v>2786</v>
       </c>
       <c r="H738" t="s">
         <v>2787</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
         <v>2788</v>
       </c>
       <c r="B739" t="s">
         <v>9</v>
       </c>
       <c r="C739" t="s">
-        <v>341</v>
+        <v>337</v>
       </c>
       <c r="D739" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E739" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F739" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G739" s="1" t="s">
         <v>2789</v>
       </c>
       <c r="H739" t="s">
         <v>2790</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
         <v>2791</v>
       </c>
       <c r="B740" t="s">
         <v>9</v>
       </c>
       <c r="C740" t="s">
-        <v>345</v>
+        <v>341</v>
       </c>
       <c r="D740" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E740" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F740" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="G740" s="1" t="s">
         <v>2792</v>
       </c>
       <c r="H740" t="s">
         <v>2793</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
         <v>2794</v>
       </c>
       <c r="B741" t="s">
         <v>9</v>
       </c>
       <c r="C741" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="D741" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E741" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F741" t="s">
-        <v>43</v>
+        <v>63</v>
       </c>
       <c r="G741" s="1" t="s">
         <v>2795</v>
       </c>
       <c r="H741" t="s">
         <v>2796</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
         <v>2797</v>
       </c>
       <c r="B742" t="s">
         <v>9</v>
       </c>
       <c r="C742" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="D742" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E742" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F742" t="s">
-        <v>58</v>
+        <v>43</v>
       </c>
       <c r="G742" s="1" t="s">
         <v>2798</v>
       </c>
       <c r="H742" t="s">
         <v>2799</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
         <v>2800</v>
       </c>
       <c r="B743" t="s">
         <v>9</v>
       </c>
       <c r="C743" t="s">
-        <v>357</v>
+        <v>353</v>
       </c>
       <c r="D743" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E743" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F743" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G743" s="1" t="s">
         <v>2801</v>
       </c>
       <c r="H743" t="s">
         <v>2802</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
         <v>2803</v>
       </c>
       <c r="B744" t="s">
         <v>9</v>
       </c>
       <c r="C744" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="D744" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E744" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F744" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G744" s="1" t="s">
         <v>2804</v>
       </c>
       <c r="H744" t="s">
         <v>2805</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
         <v>2806</v>
       </c>
       <c r="B745" t="s">
         <v>9</v>
       </c>
       <c r="C745" t="s">
-        <v>365</v>
+        <v>361</v>
       </c>
       <c r="D745" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E745" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F745" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G745" s="1" t="s">
         <v>2807</v>
       </c>
       <c r="H745" t="s">
         <v>2808</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
         <v>2809</v>
       </c>
       <c r="B746" t="s">
         <v>9</v>
       </c>
       <c r="C746" t="s">
-        <v>369</v>
+        <v>365</v>
       </c>
       <c r="D746" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E746" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F746" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="G746" s="1" t="s">
         <v>2810</v>
       </c>
       <c r="H746" t="s">
         <v>2811</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
         <v>2812</v>
       </c>
       <c r="B747" t="s">
         <v>9</v>
       </c>
       <c r="C747" t="s">
-        <v>373</v>
+        <v>369</v>
       </c>
       <c r="D747" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E747" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F747" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="G747" s="1" t="s">
         <v>2813</v>
       </c>
       <c r="H747" t="s">
         <v>2814</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
         <v>2815</v>
       </c>
       <c r="B748" t="s">
         <v>9</v>
       </c>
       <c r="C748" t="s">
-        <v>377</v>
+        <v>373</v>
       </c>
       <c r="D748" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E748" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F748" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="G748" s="1" t="s">
         <v>2816</v>
       </c>
       <c r="H748" t="s">
         <v>2817</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
         <v>2818</v>
       </c>
       <c r="B749" t="s">
         <v>9</v>
       </c>
       <c r="C749" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="D749" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E749" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F749" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="G749" s="1" t="s">
         <v>2819</v>
       </c>
       <c r="H749" t="s">
         <v>2820</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
         <v>2821</v>
       </c>
       <c r="B750" t="s">
         <v>9</v>
       </c>
       <c r="C750" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="D750" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E750" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F750" t="s">
-        <v>43</v>
+        <v>63</v>
       </c>
       <c r="G750" s="1" t="s">
         <v>2822</v>
       </c>
       <c r="H750" t="s">
         <v>2823</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
         <v>2824</v>
       </c>
       <c r="B751" t="s">
         <v>9</v>
       </c>
       <c r="C751" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="D751" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E751" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F751" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="G751" s="1" t="s">
         <v>2825</v>
       </c>
       <c r="H751" t="s">
         <v>2826</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
         <v>2827</v>
       </c>
       <c r="B752" t="s">
         <v>9</v>
       </c>
       <c r="C752" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="D752" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E752" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F752" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="G752" s="1" t="s">
         <v>2828</v>
       </c>
       <c r="H752" t="s">
         <v>2829</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
         <v>2830</v>
       </c>
       <c r="B753" t="s">
         <v>9</v>
       </c>
       <c r="C753" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="D753" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E753" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F753" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G753" s="1" t="s">
         <v>2831</v>
       </c>
       <c r="H753" t="s">
         <v>2832</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
         <v>2833</v>
       </c>
       <c r="B754" t="s">
         <v>9</v>
       </c>
       <c r="C754" t="s">
-        <v>402</v>
+        <v>398</v>
       </c>
       <c r="D754" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E754" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F754" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="G754" s="1" t="s">
         <v>2834</v>
       </c>
       <c r="H754" t="s">
         <v>2835</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
         <v>2836</v>
       </c>
       <c r="B755" t="s">
         <v>9</v>
       </c>
       <c r="C755" t="s">
-        <v>406</v>
+        <v>402</v>
       </c>
       <c r="D755" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E755" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F755" t="s">
-        <v>58</v>
+        <v>97</v>
       </c>
       <c r="G755" s="1" t="s">
         <v>2837</v>
       </c>
       <c r="H755" t="s">
         <v>2838</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
         <v>2839</v>
       </c>
       <c r="B756" t="s">
         <v>9</v>
       </c>
       <c r="C756" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="D756" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E756" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F756" t="s">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="G756" s="1" t="s">
         <v>2840</v>
       </c>
       <c r="H756" t="s">
         <v>2841</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
         <v>2842</v>
       </c>
       <c r="B757" t="s">
         <v>9</v>
       </c>
       <c r="C757" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="D757" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E757" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F757" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="G757" s="1" t="s">
         <v>2843</v>
       </c>
       <c r="H757" t="s">
         <v>2844</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
         <v>2845</v>
       </c>
       <c r="B758" t="s">
         <v>9</v>
       </c>
       <c r="C758" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="D758" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E758" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F758" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="G758" s="1" t="s">
         <v>2846</v>
       </c>
       <c r="H758" t="s">
         <v>2847</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
         <v>2848</v>
       </c>
       <c r="B759" t="s">
         <v>9</v>
       </c>
       <c r="C759" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="D759" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E759" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F759" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="G759" s="1" t="s">
         <v>2849</v>
       </c>
       <c r="H759" t="s">
         <v>2850</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
         <v>2851</v>
       </c>
       <c r="B760" t="s">
         <v>9</v>
       </c>
       <c r="C760" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="D760" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E760" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F760" t="s">
-        <v>888</v>
+        <v>53</v>
       </c>
       <c r="G760" s="1" t="s">
         <v>2852</v>
       </c>
       <c r="H760" t="s">
         <v>2853</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
         <v>2854</v>
       </c>
       <c r="B761" t="s">
         <v>9</v>
       </c>
       <c r="C761" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="D761" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E761" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F761" t="s">
-        <v>58</v>
+        <v>888</v>
       </c>
       <c r="G761" s="1" t="s">
         <v>2855</v>
       </c>
       <c r="H761" t="s">
         <v>2856</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
         <v>2857</v>
       </c>
       <c r="B762" t="s">
         <v>9</v>
       </c>
       <c r="C762" t="s">
-        <v>434</v>
+        <v>430</v>
       </c>
       <c r="D762" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E762" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F762" t="s">
-        <v>97</v>
+        <v>58</v>
       </c>
       <c r="G762" s="1" t="s">
         <v>2858</v>
       </c>
       <c r="H762" t="s">
         <v>2859</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
         <v>2860</v>
       </c>
       <c r="B763" t="s">
         <v>9</v>
       </c>
       <c r="C763" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="D763" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E763" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F763" t="s">
-        <v>48</v>
+        <v>97</v>
       </c>
       <c r="G763" s="1" t="s">
         <v>2861</v>
       </c>
       <c r="H763" t="s">
         <v>2862</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
         <v>2863</v>
       </c>
       <c r="B764" t="s">
         <v>9</v>
       </c>
       <c r="C764" t="s">
-        <v>442</v>
+        <v>438</v>
       </c>
       <c r="D764" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E764" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F764" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="G764" s="1" t="s">
         <v>2864</v>
       </c>
       <c r="H764" t="s">
         <v>2865</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
         <v>2866</v>
       </c>
       <c r="B765" t="s">
         <v>9</v>
       </c>
       <c r="C765" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="D765" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E765" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F765" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G765" s="1" t="s">
         <v>2867</v>
       </c>
       <c r="H765" t="s">
         <v>2868</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
         <v>2869</v>
       </c>
       <c r="B766" t="s">
         <v>9</v>
       </c>
       <c r="C766" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="D766" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E766" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F766" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="G766" s="1" t="s">
         <v>2870</v>
       </c>
       <c r="H766" t="s">
         <v>2871</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
         <v>2872</v>
       </c>
       <c r="B767" t="s">
         <v>9</v>
       </c>
       <c r="C767" t="s">
-        <v>454</v>
+        <v>450</v>
       </c>
       <c r="D767" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E767" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F767" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="G767" s="1" t="s">
         <v>2873</v>
       </c>
       <c r="H767" t="s">
         <v>2874</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
         <v>2875</v>
       </c>
       <c r="B768" t="s">
         <v>9</v>
       </c>
       <c r="C768" t="s">
-        <v>458</v>
+        <v>454</v>
       </c>
       <c r="D768" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E768" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F768" t="s">
+        <v>63</v>
+      </c>
+      <c r="G768" s="1" t="s">
         <v>2876</v>
       </c>
-      <c r="G768" s="1" t="s">
+      <c r="H768" t="s">
         <v>2877</v>
-      </c>
-[...1 lines deleted...]
-        <v>2878</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
+        <v>2878</v>
+      </c>
+      <c r="B769" t="s">
+        <v>9</v>
+      </c>
+      <c r="C769" t="s">
+        <v>458</v>
+      </c>
+      <c r="D769" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E769" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F769" t="s">
         <v>2879</v>
-      </c>
-[...13 lines deleted...]
-        <v>97</v>
       </c>
       <c r="G769" s="1" t="s">
         <v>2880</v>
       </c>
       <c r="H769" t="s">
         <v>2881</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
         <v>2882</v>
       </c>
       <c r="B770" t="s">
         <v>9</v>
       </c>
       <c r="C770" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="D770" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E770" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F770" t="s">
-        <v>33</v>
+        <v>97</v>
       </c>
       <c r="G770" s="1" t="s">
         <v>2883</v>
       </c>
       <c r="H770" t="s">
         <v>2884</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
         <v>2885</v>
       </c>
       <c r="B771" t="s">
         <v>9</v>
       </c>
       <c r="C771" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="D771" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E771" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F771" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="G771" s="1" t="s">
         <v>2886</v>
       </c>
       <c r="H771" t="s">
         <v>2887</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
         <v>2888</v>
       </c>
       <c r="B772" t="s">
         <v>9</v>
       </c>
       <c r="C772" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="D772" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E772" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F772" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G772" s="1" t="s">
         <v>2889</v>
       </c>
       <c r="H772" t="s">
         <v>2890</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
         <v>2891</v>
       </c>
       <c r="B773" t="s">
         <v>9</v>
       </c>
       <c r="C773" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="D773" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E773" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F773" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="G773" s="1" t="s">
         <v>2892</v>
       </c>
       <c r="H773" t="s">
         <v>2893</v>
       </c>
     </row>
     <row r="774" spans="1:8">
       <c r="A774" t="s">
         <v>2894</v>
       </c>
       <c r="B774" t="s">
         <v>9</v>
       </c>
       <c r="C774" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="D774" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E774" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F774" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
       <c r="G774" s="1" t="s">
         <v>2895</v>
       </c>
       <c r="H774" t="s">
         <v>2896</v>
       </c>
     </row>
     <row r="775" spans="1:8">
       <c r="A775" t="s">
         <v>2897</v>
       </c>
       <c r="B775" t="s">
         <v>9</v>
       </c>
       <c r="C775" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="D775" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E775" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F775" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="G775" s="1" t="s">
         <v>2898</v>
       </c>
       <c r="H775" t="s">
         <v>2899</v>
       </c>
     </row>
     <row r="776" spans="1:8">
       <c r="A776" t="s">
         <v>2900</v>
       </c>
       <c r="B776" t="s">
         <v>9</v>
       </c>
       <c r="C776" t="s">
-        <v>490</v>
+        <v>486</v>
       </c>
       <c r="D776" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E776" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F776" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="G776" s="1" t="s">
         <v>2901</v>
       </c>
       <c r="H776" t="s">
         <v>2902</v>
       </c>
     </row>
     <row r="777" spans="1:8">
       <c r="A777" t="s">
         <v>2903</v>
       </c>
       <c r="B777" t="s">
         <v>9</v>
       </c>
       <c r="C777" t="s">
-        <v>494</v>
+        <v>490</v>
       </c>
       <c r="D777" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E777" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F777" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="G777" s="1" t="s">
         <v>2904</v>
       </c>
       <c r="H777" t="s">
         <v>2905</v>
       </c>
     </row>
     <row r="778" spans="1:8">
       <c r="A778" t="s">
         <v>2906</v>
       </c>
       <c r="B778" t="s">
         <v>9</v>
       </c>
       <c r="C778" t="s">
-        <v>498</v>
+        <v>494</v>
       </c>
       <c r="D778" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E778" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F778" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="G778" s="1" t="s">
         <v>2907</v>
       </c>
       <c r="H778" t="s">
         <v>2908</v>
       </c>
     </row>
     <row r="779" spans="1:8">
       <c r="A779" t="s">
         <v>2909</v>
       </c>
       <c r="B779" t="s">
         <v>9</v>
       </c>
       <c r="C779" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="D779" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E779" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F779" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G779" s="1" t="s">
         <v>2910</v>
       </c>
       <c r="H779" t="s">
         <v>2911</v>
       </c>
     </row>
     <row r="780" spans="1:8">
       <c r="A780" t="s">
         <v>2912</v>
       </c>
       <c r="B780" t="s">
         <v>9</v>
       </c>
       <c r="C780" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="D780" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E780" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F780" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="G780" s="1" t="s">
         <v>2913</v>
       </c>
       <c r="H780" t="s">
         <v>2914</v>
       </c>
     </row>
     <row r="781" spans="1:8">
       <c r="A781" t="s">
         <v>2915</v>
       </c>
       <c r="B781" t="s">
         <v>9</v>
       </c>
       <c r="C781" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="D781" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E781" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F781" t="s">
-        <v>38</v>
+        <v>63</v>
       </c>
       <c r="G781" s="1" t="s">
         <v>2916</v>
       </c>
       <c r="H781" t="s">
         <v>2917</v>
       </c>
     </row>
     <row r="782" spans="1:8">
       <c r="A782" t="s">
         <v>2918</v>
       </c>
       <c r="B782" t="s">
         <v>9</v>
       </c>
       <c r="C782" t="s">
-        <v>518</v>
+        <v>510</v>
       </c>
       <c r="D782" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E782" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F782" t="s">
         <v>38</v>
       </c>
       <c r="G782" s="1" t="s">
         <v>2919</v>
       </c>
       <c r="H782" t="s">
         <v>2920</v>
       </c>
     </row>
     <row r="783" spans="1:8">
       <c r="A783" t="s">
         <v>2921</v>
       </c>
       <c r="B783" t="s">
         <v>9</v>
       </c>
       <c r="C783" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="D783" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E783" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F783" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="G783" s="1" t="s">
         <v>2922</v>
       </c>
       <c r="H783" t="s">
         <v>2923</v>
       </c>
     </row>
     <row r="784" spans="1:8">
       <c r="A784" t="s">
         <v>2924</v>
       </c>
       <c r="B784" t="s">
         <v>9</v>
       </c>
       <c r="C784" t="s">
-        <v>526</v>
+        <v>522</v>
       </c>
       <c r="D784" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E784" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F784" t="s">
-        <v>58</v>
+        <v>43</v>
       </c>
       <c r="G784" s="1" t="s">
         <v>2925</v>
       </c>
       <c r="H784" t="s">
         <v>2926</v>
       </c>
     </row>
     <row r="785" spans="1:8">
       <c r="A785" t="s">
         <v>2927</v>
       </c>
       <c r="B785" t="s">
         <v>9</v>
       </c>
       <c r="C785" t="s">
-        <v>530</v>
+        <v>526</v>
       </c>
       <c r="D785" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E785" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F785" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G785" s="1" t="s">
         <v>2928</v>
       </c>
       <c r="H785" t="s">
         <v>2929</v>
       </c>
     </row>
     <row r="786" spans="1:8">
       <c r="A786" t="s">
         <v>2930</v>
       </c>
       <c r="B786" t="s">
         <v>9</v>
       </c>
       <c r="C786" t="s">
-        <v>534</v>
+        <v>530</v>
       </c>
       <c r="D786" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E786" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F786" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G786" s="1" t="s">
         <v>2931</v>
       </c>
       <c r="H786" t="s">
         <v>2932</v>
       </c>
     </row>
     <row r="787" spans="1:8">
       <c r="A787" t="s">
         <v>2933</v>
       </c>
       <c r="B787" t="s">
         <v>9</v>
       </c>
       <c r="C787" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="D787" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E787" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F787" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="G787" s="1" t="s">
         <v>2934</v>
       </c>
       <c r="H787" t="s">
         <v>2935</v>
       </c>
     </row>
     <row r="788" spans="1:8">
       <c r="A788" t="s">
         <v>2936</v>
       </c>
       <c r="B788" t="s">
         <v>9</v>
       </c>
       <c r="C788" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
       <c r="D788" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E788" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F788" t="s">
-        <v>53</v>
+        <v>97</v>
       </c>
       <c r="G788" s="1" t="s">
         <v>2937</v>
       </c>
       <c r="H788" t="s">
         <v>2938</v>
       </c>
     </row>
     <row r="789" spans="1:8">
       <c r="A789" t="s">
         <v>2939</v>
       </c>
       <c r="B789" t="s">
         <v>9</v>
       </c>
       <c r="C789" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="D789" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E789" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F789" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G789" s="1" t="s">
         <v>2940</v>
       </c>
       <c r="H789" t="s">
         <v>2941</v>
       </c>
     </row>
     <row r="790" spans="1:8">
       <c r="A790" t="s">
         <v>2942</v>
       </c>
       <c r="B790" t="s">
         <v>9</v>
       </c>
       <c r="C790" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="D790" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E790" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F790" t="s">
-        <v>63</v>
+        <v>48</v>
       </c>
       <c r="G790" s="1" t="s">
         <v>2943</v>
       </c>
       <c r="H790" t="s">
         <v>2944</v>
       </c>
     </row>
     <row r="791" spans="1:8">
       <c r="A791" t="s">
         <v>2945</v>
       </c>
       <c r="B791" t="s">
         <v>9</v>
       </c>
       <c r="C791" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
       <c r="D791" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E791" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F791" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="G791" s="1" t="s">
         <v>2946</v>
       </c>
       <c r="H791" t="s">
         <v>2947</v>
       </c>
     </row>
     <row r="792" spans="1:8">
       <c r="A792" t="s">
         <v>2948</v>
       </c>
       <c r="B792" t="s">
         <v>9</v>
       </c>
       <c r="C792" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="D792" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E792" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F792" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="G792" s="1" t="s">
         <v>2949</v>
       </c>
       <c r="H792" t="s">
         <v>2950</v>
       </c>
     </row>
     <row r="793" spans="1:8">
       <c r="A793" t="s">
         <v>2951</v>
       </c>
       <c r="B793" t="s">
         <v>9</v>
       </c>
       <c r="C793" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
       <c r="D793" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E793" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F793" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G793" s="1" t="s">
         <v>2952</v>
       </c>
       <c r="H793" t="s">
         <v>2953</v>
       </c>
     </row>
     <row r="794" spans="1:8">
       <c r="A794" t="s">
         <v>2954</v>
       </c>
       <c r="B794" t="s">
         <v>9</v>
       </c>
       <c r="C794" t="s">
-        <v>566</v>
+        <v>562</v>
       </c>
       <c r="D794" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E794" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F794" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="G794" s="1" t="s">
         <v>2955</v>
       </c>
       <c r="H794" t="s">
         <v>2956</v>
       </c>
     </row>
     <row r="795" spans="1:8">
       <c r="A795" t="s">
         <v>2957</v>
       </c>
       <c r="B795" t="s">
         <v>9</v>
       </c>
       <c r="C795" t="s">
-        <v>570</v>
+        <v>566</v>
       </c>
       <c r="D795" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E795" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F795" t="s">
         <v>28</v>
       </c>
       <c r="G795" s="1" t="s">
         <v>2958</v>
       </c>
       <c r="H795" t="s">
         <v>2959</v>
       </c>
     </row>
     <row r="796" spans="1:8">
       <c r="A796" t="s">
         <v>2960</v>
       </c>
       <c r="B796" t="s">
         <v>9</v>
       </c>
       <c r="C796" t="s">
-        <v>574</v>
+        <v>570</v>
       </c>
       <c r="D796" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E796" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F796" t="s">
+        <v>28</v>
+      </c>
+      <c r="G796" s="1" t="s">
         <v>2961</v>
       </c>
-      <c r="G796" s="1" t="s">
+      <c r="H796" t="s">
         <v>2962</v>
-      </c>
-[...1 lines deleted...]
-        <v>2963</v>
       </c>
     </row>
     <row r="797" spans="1:8">
       <c r="A797" t="s">
+        <v>2963</v>
+      </c>
+      <c r="B797" t="s">
+        <v>9</v>
+      </c>
+      <c r="C797" t="s">
+        <v>574</v>
+      </c>
+      <c r="D797" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E797" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F797" t="s">
         <v>2964</v>
-      </c>
-[...13 lines deleted...]
-        <v>58</v>
       </c>
       <c r="G797" s="1" t="s">
         <v>2965</v>
       </c>
       <c r="H797" t="s">
         <v>2966</v>
       </c>
     </row>
     <row r="798" spans="1:8">
       <c r="A798" t="s">
         <v>2967</v>
       </c>
       <c r="B798" t="s">
         <v>9</v>
       </c>
       <c r="C798" t="s">
-        <v>582</v>
+        <v>578</v>
       </c>
       <c r="D798" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E798" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F798" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="G798" s="1" t="s">
         <v>2968</v>
       </c>
       <c r="H798" t="s">
         <v>2969</v>
       </c>
     </row>
     <row r="799" spans="1:8">
       <c r="A799" t="s">
         <v>2970</v>
       </c>
       <c r="B799" t="s">
         <v>9</v>
       </c>
       <c r="C799" t="s">
-        <v>586</v>
+        <v>582</v>
       </c>
       <c r="D799" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E799" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F799" t="s">
-        <v>18</v>
+        <v>48</v>
       </c>
       <c r="G799" s="1" t="s">
         <v>2971</v>
       </c>
       <c r="H799" t="s">
         <v>2972</v>
       </c>
     </row>
     <row r="800" spans="1:8">
       <c r="A800" t="s">
         <v>2973</v>
       </c>
       <c r="B800" t="s">
         <v>9</v>
       </c>
       <c r="C800" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="D800" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E800" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F800" t="s">
-        <v>76</v>
+        <v>18</v>
       </c>
       <c r="G800" s="1" t="s">
         <v>2974</v>
       </c>
       <c r="H800" t="s">
         <v>2975</v>
       </c>
     </row>
     <row r="801" spans="1:8">
       <c r="A801" t="s">
         <v>2976</v>
       </c>
       <c r="B801" t="s">
         <v>9</v>
       </c>
       <c r="C801" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
       <c r="D801" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E801" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F801" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="G801" s="1" t="s">
         <v>2977</v>
       </c>
       <c r="H801" t="s">
         <v>2978</v>
       </c>
     </row>
     <row r="802" spans="1:8">
       <c r="A802" t="s">
         <v>2979</v>
       </c>
       <c r="B802" t="s">
         <v>9</v>
       </c>
       <c r="C802" t="s">
-        <v>598</v>
+        <v>594</v>
       </c>
       <c r="D802" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E802" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F802" t="s">
-        <v>97</v>
+        <v>13</v>
       </c>
       <c r="G802" s="1" t="s">
         <v>2980</v>
       </c>
       <c r="H802" t="s">
         <v>2981</v>
       </c>
     </row>
     <row r="803" spans="1:8">
       <c r="A803" t="s">
         <v>2982</v>
       </c>
       <c r="B803" t="s">
         <v>9</v>
       </c>
       <c r="C803" t="s">
-        <v>602</v>
+        <v>598</v>
       </c>
       <c r="D803" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E803" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F803" t="s">
-        <v>63</v>
+        <v>97</v>
       </c>
       <c r="G803" s="1" t="s">
         <v>2983</v>
       </c>
       <c r="H803" t="s">
         <v>2984</v>
       </c>
     </row>
     <row r="804" spans="1:8">
       <c r="A804" t="s">
         <v>2985</v>
       </c>
       <c r="B804" t="s">
         <v>9</v>
       </c>
       <c r="C804" t="s">
-        <v>606</v>
+        <v>602</v>
       </c>
       <c r="D804" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E804" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F804" t="s">
-        <v>43</v>
+        <v>63</v>
       </c>
       <c r="G804" s="1" t="s">
         <v>2986</v>
       </c>
       <c r="H804" t="s">
         <v>2987</v>
       </c>
     </row>
     <row r="805" spans="1:8">
       <c r="A805" t="s">
         <v>2988</v>
       </c>
       <c r="B805" t="s">
         <v>9</v>
       </c>
       <c r="C805" t="s">
-        <v>610</v>
+        <v>606</v>
       </c>
       <c r="D805" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E805" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F805" t="s">
-        <v>23</v>
+        <v>43</v>
       </c>
       <c r="G805" s="1" t="s">
         <v>2989</v>
       </c>
       <c r="H805" t="s">
         <v>2990</v>
       </c>
     </row>
     <row r="806" spans="1:8">
       <c r="A806" t="s">
         <v>2991</v>
       </c>
       <c r="B806" t="s">
         <v>9</v>
       </c>
       <c r="C806" t="s">
-        <v>614</v>
+        <v>610</v>
       </c>
       <c r="D806" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E806" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F806" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="G806" s="1" t="s">
         <v>2992</v>
       </c>
       <c r="H806" t="s">
         <v>2993</v>
       </c>
     </row>
     <row r="807" spans="1:8">
       <c r="A807" t="s">
         <v>2994</v>
       </c>
       <c r="B807" t="s">
         <v>9</v>
       </c>
       <c r="C807" t="s">
-        <v>618</v>
+        <v>614</v>
       </c>
       <c r="D807" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E807" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F807" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="G807" s="1" t="s">
         <v>2995</v>
       </c>
       <c r="H807" t="s">
         <v>2996</v>
       </c>
     </row>
     <row r="808" spans="1:8">
       <c r="A808" t="s">
         <v>2997</v>
       </c>
       <c r="B808" t="s">
         <v>9</v>
       </c>
       <c r="C808" t="s">
-        <v>622</v>
+        <v>618</v>
       </c>
       <c r="D808" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E808" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F808" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="G808" s="1" t="s">
         <v>2998</v>
       </c>
       <c r="H808" t="s">
         <v>2999</v>
       </c>
     </row>
     <row r="809" spans="1:8">
       <c r="A809" t="s">
         <v>3000</v>
       </c>
       <c r="B809" t="s">
         <v>9</v>
       </c>
       <c r="C809" t="s">
-        <v>626</v>
+        <v>622</v>
       </c>
       <c r="D809" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E809" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F809" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="G809" s="1" t="s">
         <v>3001</v>
       </c>
       <c r="H809" t="s">
         <v>3002</v>
       </c>
     </row>
     <row r="810" spans="1:8">
       <c r="A810" t="s">
         <v>3003</v>
       </c>
       <c r="B810" t="s">
         <v>9</v>
       </c>
       <c r="C810" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
       <c r="D810" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E810" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F810" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="G810" s="1" t="s">
         <v>3004</v>
       </c>
       <c r="H810" t="s">
         <v>3005</v>
       </c>
     </row>
     <row r="811" spans="1:8">
       <c r="A811" t="s">
         <v>3006</v>
       </c>
       <c r="B811" t="s">
         <v>9</v>
       </c>
       <c r="C811" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
       <c r="D811" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E811" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F811" t="s">
-        <v>97</v>
+        <v>53</v>
       </c>
       <c r="G811" s="1" t="s">
         <v>3007</v>
       </c>
       <c r="H811" t="s">
         <v>3008</v>
       </c>
     </row>
     <row r="812" spans="1:8">
       <c r="A812" t="s">
         <v>3009</v>
       </c>
       <c r="B812" t="s">
         <v>9</v>
       </c>
       <c r="C812" t="s">
-        <v>638</v>
+        <v>634</v>
       </c>
       <c r="D812" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E812" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F812" t="s">
-        <v>58</v>
+        <v>97</v>
       </c>
       <c r="G812" s="1" t="s">
         <v>3010</v>
       </c>
       <c r="H812" t="s">
         <v>3011</v>
       </c>
     </row>
     <row r="813" spans="1:8">
       <c r="A813" t="s">
         <v>3012</v>
       </c>
       <c r="B813" t="s">
         <v>9</v>
       </c>
       <c r="C813" t="s">
-        <v>642</v>
+        <v>638</v>
       </c>
       <c r="D813" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E813" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F813" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="G813" s="1" t="s">
         <v>3013</v>
       </c>
       <c r="H813" t="s">
         <v>3014</v>
       </c>
     </row>
     <row r="814" spans="1:8">
       <c r="A814" t="s">
         <v>3015</v>
       </c>
       <c r="B814" t="s">
         <v>9</v>
       </c>
       <c r="C814" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="D814" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E814" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F814" t="s">
-        <v>63</v>
+        <v>48</v>
       </c>
       <c r="G814" s="1" t="s">
         <v>3016</v>
       </c>
       <c r="H814" t="s">
         <v>3017</v>
       </c>
     </row>
     <row r="815" spans="1:8">
       <c r="A815" t="s">
         <v>3018</v>
       </c>
       <c r="B815" t="s">
         <v>9</v>
       </c>
       <c r="C815" t="s">
-        <v>650</v>
+        <v>646</v>
       </c>
       <c r="D815" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E815" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F815" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="G815" s="1" t="s">
         <v>3019</v>
       </c>
       <c r="H815" t="s">
         <v>3020</v>
       </c>
     </row>
     <row r="816" spans="1:8">
       <c r="A816" t="s">
         <v>3021</v>
       </c>
       <c r="B816" t="s">
         <v>9</v>
       </c>
       <c r="C816" t="s">
-        <v>654</v>
+        <v>650</v>
       </c>
       <c r="D816" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E816" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F816" t="s">
-        <v>18</v>
+        <v>76</v>
       </c>
       <c r="G816" s="1" t="s">
         <v>3022</v>
       </c>
       <c r="H816" t="s">
         <v>3023</v>
       </c>
     </row>
     <row r="817" spans="1:8">
       <c r="A817" t="s">
         <v>3024</v>
       </c>
       <c r="B817" t="s">
         <v>9</v>
       </c>
       <c r="C817" t="s">
-        <v>658</v>
+        <v>654</v>
       </c>
       <c r="D817" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E817" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F817" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G817" s="1" t="s">
         <v>3025</v>
       </c>
       <c r="H817" t="s">
         <v>3026</v>
       </c>
     </row>
     <row r="818" spans="1:8">
       <c r="A818" t="s">
         <v>3027</v>
       </c>
       <c r="B818" t="s">
         <v>9</v>
       </c>
       <c r="C818" t="s">
-        <v>662</v>
+        <v>658</v>
       </c>
       <c r="D818" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E818" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F818" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="G818" s="1" t="s">
         <v>3028</v>
       </c>
       <c r="H818" t="s">
         <v>3029</v>
       </c>
     </row>
     <row r="819" spans="1:8">
       <c r="A819" t="s">
         <v>3030</v>
       </c>
       <c r="B819" t="s">
         <v>9</v>
       </c>
       <c r="C819" t="s">
-        <v>666</v>
+        <v>662</v>
       </c>
       <c r="D819" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E819" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F819" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="G819" s="1" t="s">
         <v>3031</v>
       </c>
       <c r="H819" t="s">
         <v>3032</v>
       </c>
     </row>
     <row r="820" spans="1:8">
       <c r="A820" t="s">
         <v>3033</v>
       </c>
       <c r="B820" t="s">
         <v>9</v>
       </c>
       <c r="C820" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="D820" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E820" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F820" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="G820" s="1" t="s">
         <v>3034</v>
       </c>
       <c r="H820" t="s">
         <v>3035</v>
       </c>
     </row>
     <row r="821" spans="1:8">
       <c r="A821" t="s">
         <v>3036</v>
       </c>
       <c r="B821" t="s">
         <v>9</v>
       </c>
       <c r="C821" t="s">
-        <v>674</v>
+        <v>670</v>
       </c>
       <c r="D821" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E821" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F821" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="G821" s="1" t="s">
         <v>3037</v>
       </c>
       <c r="H821" t="s">
         <v>3038</v>
       </c>
     </row>
     <row r="822" spans="1:8">
       <c r="A822" t="s">
         <v>3039</v>
       </c>
       <c r="B822" t="s">
         <v>9</v>
       </c>
       <c r="C822" t="s">
-        <v>678</v>
+        <v>674</v>
       </c>
       <c r="D822" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E822" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F822" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="G822" s="1" t="s">
         <v>3040</v>
       </c>
       <c r="H822" t="s">
         <v>3041</v>
       </c>
     </row>
     <row r="823" spans="1:8">
       <c r="A823" t="s">
         <v>3042</v>
       </c>
       <c r="B823" t="s">
         <v>9</v>
       </c>
       <c r="C823" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="D823" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E823" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F823" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="G823" s="1" t="s">
         <v>3043</v>
       </c>
       <c r="H823" t="s">
         <v>3044</v>
       </c>
     </row>
     <row r="824" spans="1:8">
       <c r="A824" t="s">
         <v>3045</v>
       </c>
       <c r="B824" t="s">
         <v>9</v>
       </c>
       <c r="C824" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
       <c r="D824" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E824" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F824" t="s">
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="G824" s="1" t="s">
         <v>3046</v>
       </c>
       <c r="H824" t="s">
         <v>3047</v>
       </c>
     </row>
     <row r="825" spans="1:8">
       <c r="A825" t="s">
         <v>3048</v>
       </c>
       <c r="B825" t="s">
         <v>9</v>
       </c>
       <c r="C825" t="s">
-        <v>690</v>
+        <v>686</v>
       </c>
       <c r="D825" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E825" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F825" t="s">
-        <v>97</v>
+        <v>63</v>
       </c>
       <c r="G825" s="1" t="s">
         <v>3049</v>
       </c>
       <c r="H825" t="s">
         <v>3050</v>
       </c>
     </row>
     <row r="826" spans="1:8">
       <c r="A826" t="s">
         <v>3051</v>
       </c>
       <c r="B826" t="s">
         <v>9</v>
       </c>
       <c r="C826" t="s">
-        <v>694</v>
+        <v>690</v>
       </c>
       <c r="D826" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E826" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F826" t="s">
-        <v>43</v>
+        <v>97</v>
       </c>
       <c r="G826" s="1" t="s">
         <v>3052</v>
       </c>
       <c r="H826" t="s">
         <v>3053</v>
       </c>
     </row>
     <row r="827" spans="1:8">
       <c r="A827" t="s">
         <v>3054</v>
       </c>
       <c r="B827" t="s">
         <v>9</v>
       </c>
       <c r="C827" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="D827" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E827" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F827" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="G827" s="1" t="s">
         <v>3055</v>
       </c>
       <c r="H827" t="s">
         <v>3056</v>
       </c>
     </row>
     <row r="828" spans="1:8">
       <c r="A828" t="s">
         <v>3057</v>
       </c>
       <c r="B828" t="s">
         <v>9</v>
       </c>
       <c r="C828" t="s">
-        <v>702</v>
+        <v>698</v>
       </c>
       <c r="D828" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E828" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F828" t="s">
+        <v>48</v>
+      </c>
+      <c r="G828" s="1" t="s">
         <v>3058</v>
       </c>
-      <c r="G828" s="1" t="s">
+      <c r="H828" t="s">
         <v>3059</v>
-      </c>
-[...1 lines deleted...]
-        <v>3060</v>
       </c>
     </row>
     <row r="829" spans="1:8">
       <c r="A829" t="s">
+        <v>3060</v>
+      </c>
+      <c r="B829" t="s">
+        <v>9</v>
+      </c>
+      <c r="C829" t="s">
+        <v>702</v>
+      </c>
+      <c r="D829" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E829" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F829" t="s">
         <v>3061</v>
-      </c>
-[...13 lines deleted...]
-        <v>23</v>
       </c>
       <c r="G829" s="1" t="s">
         <v>3062</v>
       </c>
       <c r="H829" t="s">
         <v>3063</v>
       </c>
     </row>
     <row r="830" spans="1:8">
       <c r="A830" t="s">
         <v>3064</v>
       </c>
       <c r="B830" t="s">
         <v>9</v>
       </c>
       <c r="C830" t="s">
-        <v>710</v>
+        <v>706</v>
       </c>
       <c r="D830" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E830" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F830" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G830" s="1" t="s">
         <v>3065</v>
       </c>
       <c r="H830" t="s">
         <v>3066</v>
       </c>
     </row>
     <row r="831" spans="1:8">
       <c r="A831" t="s">
         <v>3067</v>
       </c>
       <c r="B831" t="s">
         <v>9</v>
       </c>
       <c r="C831" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="D831" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E831" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F831" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
       <c r="G831" s="1" t="s">
         <v>3068</v>
       </c>
       <c r="H831" t="s">
         <v>3069</v>
       </c>
     </row>
     <row r="832" spans="1:8">
       <c r="A832" t="s">
         <v>3070</v>
       </c>
       <c r="B832" t="s">
         <v>9</v>
       </c>
       <c r="C832" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="D832" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E832" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F832" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="G832" s="1" t="s">
         <v>3071</v>
       </c>
       <c r="H832" t="s">
         <v>3072</v>
       </c>
     </row>
     <row r="833" spans="1:8">
       <c r="A833" t="s">
         <v>3073</v>
       </c>
       <c r="B833" t="s">
         <v>9</v>
       </c>
       <c r="C833" t="s">
-        <v>722</v>
+        <v>718</v>
       </c>
       <c r="D833" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E833" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F833" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="G833" s="1" t="s">
         <v>3074</v>
       </c>
       <c r="H833" t="s">
         <v>3075</v>
       </c>
     </row>
     <row r="834" spans="1:8">
       <c r="A834" t="s">
         <v>3076</v>
       </c>
       <c r="B834" t="s">
         <v>9</v>
       </c>
       <c r="C834" t="s">
-        <v>726</v>
+        <v>722</v>
       </c>
       <c r="D834" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E834" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F834" t="s">
         <v>53</v>
       </c>
       <c r="G834" s="1" t="s">
         <v>3077</v>
       </c>
       <c r="H834" t="s">
         <v>3078</v>
       </c>
     </row>
     <row r="835" spans="1:8">
       <c r="A835" t="s">
         <v>3079</v>
       </c>
       <c r="B835" t="s">
         <v>9</v>
       </c>
       <c r="C835" t="s">
-        <v>730</v>
+        <v>726</v>
       </c>
       <c r="D835" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E835" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F835" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G835" s="1" t="s">
         <v>3080</v>
       </c>
       <c r="H835" t="s">
         <v>3081</v>
       </c>
     </row>
     <row r="836" spans="1:8">
       <c r="A836" t="s">
         <v>3082</v>
       </c>
       <c r="B836" t="s">
         <v>9</v>
       </c>
       <c r="C836" t="s">
-        <v>734</v>
+        <v>730</v>
       </c>
       <c r="D836" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E836" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F836" t="s">
-        <v>2099</v>
+        <v>43</v>
       </c>
       <c r="G836" s="1" t="s">
         <v>3083</v>
       </c>
       <c r="H836" t="s">
         <v>3084</v>
       </c>
     </row>
     <row r="837" spans="1:8">
       <c r="A837" t="s">
         <v>3085</v>
       </c>
       <c r="B837" t="s">
         <v>9</v>
       </c>
       <c r="C837" t="s">
-        <v>738</v>
+        <v>734</v>
       </c>
       <c r="D837" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E837" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F837" t="s">
-        <v>18</v>
+        <v>2099</v>
       </c>
       <c r="G837" s="1" t="s">
         <v>3086</v>
       </c>
       <c r="H837" t="s">
         <v>3087</v>
       </c>
     </row>
     <row r="838" spans="1:8">
       <c r="A838" t="s">
         <v>3088</v>
       </c>
       <c r="B838" t="s">
         <v>9</v>
       </c>
       <c r="C838" t="s">
-        <v>742</v>
+        <v>738</v>
       </c>
       <c r="D838" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E838" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F838" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="G838" s="1" t="s">
         <v>3089</v>
       </c>
       <c r="H838" t="s">
         <v>3090</v>
       </c>
     </row>
     <row r="839" spans="1:8">
       <c r="A839" t="s">
         <v>3091</v>
       </c>
       <c r="B839" t="s">
         <v>9</v>
       </c>
       <c r="C839" t="s">
-        <v>746</v>
+        <v>742</v>
       </c>
       <c r="D839" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E839" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F839" t="s">
-        <v>97</v>
+        <v>63</v>
       </c>
       <c r="G839" s="1" t="s">
         <v>3092</v>
       </c>
       <c r="H839" t="s">
         <v>3093</v>
       </c>
     </row>
     <row r="840" spans="1:8">
       <c r="A840" t="s">
         <v>3094</v>
       </c>
       <c r="B840" t="s">
         <v>9</v>
       </c>
       <c r="C840" t="s">
-        <v>750</v>
+        <v>746</v>
       </c>
       <c r="D840" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E840" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F840" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="G840" s="1" t="s">
         <v>3095</v>
       </c>
       <c r="H840" t="s">
         <v>3096</v>
       </c>
     </row>
     <row r="841" spans="1:8">
       <c r="A841" t="s">
         <v>3097</v>
       </c>
       <c r="B841" t="s">
         <v>9</v>
       </c>
       <c r="C841" t="s">
-        <v>754</v>
+        <v>750</v>
       </c>
       <c r="D841" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E841" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F841" t="s">
-        <v>76</v>
+        <v>13</v>
       </c>
       <c r="G841" s="1" t="s">
         <v>3098</v>
       </c>
       <c r="H841" t="s">
         <v>3099</v>
       </c>
     </row>
     <row r="842" spans="1:8">
       <c r="A842" t="s">
         <v>3100</v>
       </c>
       <c r="B842" t="s">
         <v>9</v>
       </c>
       <c r="C842" t="s">
-        <v>758</v>
+        <v>754</v>
       </c>
       <c r="D842" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E842" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F842" t="s">
-        <v>23</v>
+        <v>76</v>
       </c>
       <c r="G842" s="1" t="s">
         <v>3101</v>
       </c>
       <c r="H842" t="s">
         <v>3102</v>
       </c>
     </row>
     <row r="843" spans="1:8">
       <c r="A843" t="s">
         <v>3103</v>
       </c>
       <c r="B843" t="s">
         <v>9</v>
       </c>
       <c r="C843" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="D843" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E843" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F843" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="G843" s="1" t="s">
         <v>3104</v>
       </c>
       <c r="H843" t="s">
         <v>3105</v>
       </c>
     </row>
     <row r="844" spans="1:8">
       <c r="A844" t="s">
         <v>3106</v>
       </c>
       <c r="B844" t="s">
         <v>9</v>
       </c>
       <c r="C844" t="s">
-        <v>766</v>
+        <v>762</v>
       </c>
       <c r="D844" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E844" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F844" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="G844" s="1" t="s">
         <v>3107</v>
       </c>
       <c r="H844" t="s">
         <v>3108</v>
       </c>
     </row>
     <row r="845" spans="1:8">
       <c r="A845" t="s">
         <v>3109</v>
       </c>
       <c r="B845" t="s">
         <v>9</v>
       </c>
       <c r="C845" t="s">
-        <v>770</v>
+        <v>766</v>
       </c>
       <c r="D845" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E845" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F845" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="G845" s="1" t="s">
         <v>3110</v>
       </c>
       <c r="H845" t="s">
         <v>3111</v>
       </c>
     </row>
     <row r="846" spans="1:8">
       <c r="A846" t="s">
         <v>3112</v>
       </c>
       <c r="B846" t="s">
         <v>9</v>
       </c>
       <c r="C846" t="s">
-        <v>774</v>
+        <v>770</v>
       </c>
       <c r="D846" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E846" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F846" t="s">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="G846" s="1" t="s">
         <v>3113</v>
       </c>
       <c r="H846" t="s">
         <v>3114</v>
       </c>
     </row>
     <row r="847" spans="1:8">
       <c r="A847" t="s">
         <v>3115</v>
       </c>
       <c r="B847" t="s">
         <v>9</v>
       </c>
       <c r="C847" t="s">
-        <v>778</v>
+        <v>774</v>
       </c>
       <c r="D847" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E847" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F847" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G847" s="1" t="s">
         <v>3116</v>
       </c>
       <c r="H847" t="s">
         <v>3117</v>
       </c>
     </row>
     <row r="848" spans="1:8">
       <c r="A848" t="s">
         <v>3118</v>
       </c>
       <c r="B848" t="s">
         <v>9</v>
       </c>
       <c r="C848" t="s">
-        <v>782</v>
+        <v>778</v>
       </c>
       <c r="D848" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E848" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F848" t="s">
-        <v>43</v>
+        <v>38</v>
       </c>
       <c r="G848" s="1" t="s">
         <v>3119</v>
       </c>
       <c r="H848" t="s">
         <v>3120</v>
       </c>
     </row>
     <row r="849" spans="1:8">
       <c r="A849" t="s">
         <v>3121</v>
       </c>
       <c r="B849" t="s">
         <v>9</v>
       </c>
       <c r="C849" t="s">
-        <v>786</v>
+        <v>782</v>
       </c>
       <c r="D849" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E849" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F849" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="G849" s="1" t="s">
         <v>3122</v>
       </c>
       <c r="H849" t="s">
         <v>3123</v>
       </c>
     </row>
     <row r="850" spans="1:8">
       <c r="A850" t="s">
         <v>3124</v>
       </c>
       <c r="B850" t="s">
         <v>9</v>
       </c>
       <c r="C850" t="s">
-        <v>790</v>
+        <v>786</v>
       </c>
       <c r="D850" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E850" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F850" t="s">
-        <v>13</v>
+        <v>63</v>
       </c>
       <c r="G850" s="1" t="s">
         <v>3125</v>
       </c>
       <c r="H850" t="s">
         <v>3126</v>
       </c>
     </row>
     <row r="851" spans="1:8">
       <c r="A851" t="s">
         <v>3127</v>
       </c>
       <c r="B851" t="s">
         <v>9</v>
       </c>
       <c r="C851" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
       <c r="D851" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E851" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F851" t="s">
-        <v>97</v>
+        <v>13</v>
       </c>
       <c r="G851" s="1" t="s">
         <v>3128</v>
       </c>
       <c r="H851" t="s">
         <v>3129</v>
       </c>
     </row>
     <row r="852" spans="1:8">
       <c r="A852" t="s">
         <v>3130</v>
       </c>
       <c r="B852" t="s">
         <v>9</v>
       </c>
       <c r="C852" t="s">
-        <v>798</v>
+        <v>794</v>
       </c>
       <c r="D852" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E852" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F852" t="s">
-        <v>1181</v>
+        <v>97</v>
       </c>
       <c r="G852" s="1" t="s">
         <v>3131</v>
       </c>
       <c r="H852" t="s">
         <v>3132</v>
       </c>
     </row>
     <row r="853" spans="1:8">
       <c r="A853" t="s">
         <v>3133</v>
       </c>
       <c r="B853" t="s">
         <v>9</v>
       </c>
       <c r="C853" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
       <c r="D853" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E853" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F853" t="s">
-        <v>48</v>
+        <v>1181</v>
       </c>
       <c r="G853" s="1" t="s">
         <v>3134</v>
       </c>
       <c r="H853" t="s">
         <v>3135</v>
       </c>
     </row>
     <row r="854" spans="1:8">
       <c r="A854" t="s">
         <v>3136</v>
       </c>
       <c r="B854" t="s">
         <v>9</v>
       </c>
       <c r="C854" t="s">
-        <v>806</v>
+        <v>802</v>
       </c>
       <c r="D854" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E854" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F854" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="G854" s="1" t="s">
         <v>3137</v>
       </c>
       <c r="H854" t="s">
         <v>3138</v>
       </c>
     </row>
     <row r="855" spans="1:8">
       <c r="A855" t="s">
         <v>3139</v>
       </c>
       <c r="B855" t="s">
         <v>9</v>
       </c>
       <c r="C855" t="s">
-        <v>810</v>
+        <v>806</v>
       </c>
       <c r="D855" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E855" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F855" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="G855" s="1" t="s">
         <v>3140</v>
       </c>
       <c r="H855" t="s">
         <v>3141</v>
       </c>
     </row>
     <row r="856" spans="1:8">
       <c r="A856" t="s">
         <v>3142</v>
       </c>
       <c r="B856" t="s">
         <v>9</v>
       </c>
       <c r="C856" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="D856" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E856" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F856" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="G856" s="1" t="s">
         <v>3143</v>
       </c>
       <c r="H856" t="s">
         <v>3144</v>
       </c>
     </row>
     <row r="857" spans="1:8">
       <c r="A857" t="s">
         <v>3145</v>
       </c>
       <c r="B857" t="s">
         <v>9</v>
       </c>
       <c r="C857" t="s">
-        <v>818</v>
+        <v>814</v>
       </c>
       <c r="D857" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E857" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F857" t="s">
-        <v>888</v>
+        <v>23</v>
       </c>
       <c r="G857" s="1" t="s">
         <v>3146</v>
       </c>
       <c r="H857" t="s">
         <v>3147</v>
       </c>
     </row>
     <row r="858" spans="1:8">
       <c r="A858" t="s">
         <v>3148</v>
       </c>
       <c r="B858" t="s">
         <v>9</v>
       </c>
       <c r="C858" t="s">
-        <v>822</v>
+        <v>818</v>
       </c>
       <c r="D858" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E858" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F858" t="s">
-        <v>38</v>
+        <v>888</v>
       </c>
       <c r="G858" s="1" t="s">
         <v>3149</v>
       </c>
       <c r="H858" t="s">
         <v>3150</v>
       </c>
     </row>
     <row r="859" spans="1:8">
       <c r="A859" t="s">
         <v>3151</v>
       </c>
       <c r="B859" t="s">
         <v>9</v>
       </c>
       <c r="C859" t="s">
-        <v>826</v>
+        <v>822</v>
       </c>
       <c r="D859" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E859" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F859" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="G859" s="1" t="s">
         <v>3152</v>
       </c>
       <c r="H859" t="s">
         <v>3153</v>
       </c>
     </row>
     <row r="860" spans="1:8">
       <c r="A860" t="s">
         <v>3154</v>
       </c>
       <c r="B860" t="s">
         <v>9</v>
       </c>
       <c r="C860" t="s">
-        <v>830</v>
+        <v>826</v>
       </c>
       <c r="D860" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E860" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F860" t="s">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="G860" s="1" t="s">
         <v>3155</v>
       </c>
       <c r="H860" t="s">
         <v>3156</v>
       </c>
     </row>
     <row r="861" spans="1:8">
       <c r="A861" t="s">
         <v>3157</v>
       </c>
       <c r="B861" t="s">
         <v>9</v>
       </c>
       <c r="C861" t="s">
-        <v>834</v>
+        <v>830</v>
       </c>
       <c r="D861" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E861" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F861" t="s">
+        <v>38</v>
+      </c>
+      <c r="G861" s="1" t="s">
         <v>3158</v>
       </c>
-      <c r="G861" s="1" t="s">
+      <c r="H861" t="s">
         <v>3159</v>
-      </c>
-[...1 lines deleted...]
-        <v>3160</v>
       </c>
     </row>
     <row r="862" spans="1:8">
       <c r="A862" t="s">
+        <v>3160</v>
+      </c>
+      <c r="B862" t="s">
+        <v>9</v>
+      </c>
+      <c r="C862" t="s">
+        <v>834</v>
+      </c>
+      <c r="D862" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E862" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F862" t="s">
         <v>3161</v>
-      </c>
-[...13 lines deleted...]
-        <v>97</v>
       </c>
       <c r="G862" s="1" t="s">
         <v>3162</v>
       </c>
       <c r="H862" t="s">
         <v>3163</v>
       </c>
     </row>
     <row r="863" spans="1:8">
       <c r="A863" t="s">
         <v>3164</v>
       </c>
       <c r="B863" t="s">
         <v>9</v>
       </c>
       <c r="C863" t="s">
-        <v>842</v>
+        <v>838</v>
       </c>
       <c r="D863" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E863" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F863" t="s">
-        <v>48</v>
+        <v>97</v>
       </c>
       <c r="G863" s="1" t="s">
         <v>3165</v>
       </c>
       <c r="H863" t="s">
         <v>3166</v>
       </c>
     </row>
     <row r="864" spans="1:8">
       <c r="A864" t="s">
         <v>3167</v>
       </c>
       <c r="B864" t="s">
         <v>9</v>
       </c>
       <c r="C864" t="s">
-        <v>846</v>
+        <v>842</v>
       </c>
       <c r="D864" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E864" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F864" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="G864" s="1" t="s">
         <v>3168</v>
       </c>
       <c r="H864" t="s">
         <v>3169</v>
       </c>
     </row>
     <row r="865" spans="1:8">
       <c r="A865" t="s">
         <v>3170</v>
       </c>
       <c r="B865" t="s">
         <v>9</v>
       </c>
       <c r="C865" t="s">
-        <v>850</v>
+        <v>846</v>
       </c>
       <c r="D865" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E865" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F865" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="G865" s="1" t="s">
         <v>3171</v>
       </c>
       <c r="H865" t="s">
         <v>3172</v>
       </c>
     </row>
     <row r="866" spans="1:8">
       <c r="A866" t="s">
         <v>3173</v>
       </c>
       <c r="B866" t="s">
         <v>9</v>
       </c>
       <c r="C866" t="s">
-        <v>854</v>
+        <v>850</v>
       </c>
       <c r="D866" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E866" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F866" t="s">
-        <v>58</v>
+        <v>23</v>
       </c>
       <c r="G866" s="1" t="s">
         <v>3174</v>
       </c>
       <c r="H866" t="s">
         <v>3175</v>
       </c>
     </row>
     <row r="867" spans="1:8">
       <c r="A867" t="s">
         <v>3176</v>
       </c>
       <c r="B867" t="s">
         <v>9</v>
       </c>
       <c r="C867" t="s">
+        <v>854</v>
+      </c>
+      <c r="D867" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E867" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F867" t="s">
+        <v>58</v>
+      </c>
+      <c r="G867" s="1" t="s">
         <v>3177</v>
       </c>
-      <c r="D867" t="s">
-[...8 lines deleted...]
-      <c r="G867" s="1" t="s">
+      <c r="H867" t="s">
         <v>3178</v>
-      </c>
-[...1 lines deleted...]
-        <v>3179</v>
       </c>
     </row>
     <row r="868" spans="1:8">
       <c r="A868" t="s">
+        <v>3179</v>
+      </c>
+      <c r="B868" t="s">
+        <v>9</v>
+      </c>
+      <c r="C868" t="s">
         <v>3180</v>
       </c>
-      <c r="B868" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D868" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E868" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F868" t="s">
-        <v>18</v>
+        <v>2099</v>
       </c>
       <c r="G868" s="1" t="s">
         <v>3181</v>
       </c>
       <c r="H868" t="s">
         <v>3182</v>
       </c>
     </row>
     <row r="869" spans="1:8">
       <c r="A869" t="s">
         <v>3183</v>
       </c>
       <c r="B869" t="s">
         <v>9</v>
       </c>
       <c r="C869" t="s">
-        <v>863</v>
+        <v>859</v>
       </c>
       <c r="D869" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E869" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F869" t="s">
-        <v>63</v>
+        <v>18</v>
       </c>
       <c r="G869" s="1" t="s">
         <v>3184</v>
       </c>
       <c r="H869" t="s">
         <v>3185</v>
       </c>
     </row>
     <row r="870" spans="1:8">
       <c r="A870" t="s">
         <v>3186</v>
       </c>
       <c r="B870" t="s">
         <v>9</v>
       </c>
       <c r="C870" t="s">
-        <v>867</v>
+        <v>863</v>
       </c>
       <c r="D870" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E870" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F870" t="s">
+        <v>63</v>
+      </c>
+      <c r="G870" s="1" t="s">
         <v>3187</v>
       </c>
-      <c r="G870" s="1" t="s">
+      <c r="H870" t="s">
         <v>3188</v>
-      </c>
-[...1 lines deleted...]
-        <v>3189</v>
       </c>
     </row>
     <row r="871" spans="1:8">
       <c r="A871" t="s">
+        <v>3189</v>
+      </c>
+      <c r="B871" t="s">
+        <v>9</v>
+      </c>
+      <c r="C871" t="s">
+        <v>867</v>
+      </c>
+      <c r="D871" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E871" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F871" t="s">
         <v>3190</v>
-      </c>
-[...13 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G871" s="1" t="s">
         <v>3191</v>
       </c>
       <c r="H871" t="s">
         <v>3192</v>
       </c>
     </row>
     <row r="872" spans="1:8">
       <c r="A872" t="s">
         <v>3193</v>
       </c>
       <c r="B872" t="s">
         <v>9</v>
       </c>
       <c r="C872" t="s">
-        <v>875</v>
+        <v>871</v>
       </c>
       <c r="D872" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E872" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F872" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="G872" s="1" t="s">
         <v>3194</v>
       </c>
       <c r="H872" t="s">
         <v>3195</v>
       </c>
     </row>
     <row r="873" spans="1:8">
       <c r="A873" t="s">
         <v>3196</v>
       </c>
       <c r="B873" t="s">
         <v>9</v>
       </c>
       <c r="C873" t="s">
-        <v>883</v>
+        <v>875</v>
       </c>
       <c r="D873" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E873" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F873" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="G873" s="1" t="s">
         <v>3197</v>
       </c>
       <c r="H873" t="s">
         <v>3198</v>
       </c>
     </row>
     <row r="874" spans="1:8">
       <c r="A874" t="s">
         <v>3199</v>
       </c>
       <c r="B874" t="s">
         <v>9</v>
       </c>
       <c r="C874" t="s">
-        <v>887</v>
+        <v>883</v>
       </c>
       <c r="D874" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E874" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F874" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="G874" s="1" t="s">
         <v>3200</v>
       </c>
       <c r="H874" t="s">
         <v>3201</v>
       </c>
     </row>
     <row r="875" spans="1:8">
       <c r="A875" t="s">
         <v>3202</v>
       </c>
       <c r="B875" t="s">
         <v>9</v>
       </c>
       <c r="C875" t="s">
-        <v>892</v>
+        <v>887</v>
       </c>
       <c r="D875" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E875" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F875" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="G875" s="1" t="s">
         <v>3203</v>
       </c>
       <c r="H875" t="s">
         <v>3204</v>
       </c>
     </row>
     <row r="876" spans="1:8">
       <c r="A876" t="s">
         <v>3205</v>
       </c>
       <c r="B876" t="s">
         <v>9</v>
       </c>
       <c r="C876" t="s">
-        <v>896</v>
+        <v>892</v>
       </c>
       <c r="D876" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E876" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F876" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="G876" s="1" t="s">
         <v>3206</v>
       </c>
       <c r="H876" t="s">
         <v>3207</v>
       </c>
     </row>
     <row r="877" spans="1:8">
       <c r="A877" t="s">
         <v>3208</v>
       </c>
       <c r="B877" t="s">
         <v>9</v>
       </c>
       <c r="C877" t="s">
-        <v>900</v>
+        <v>896</v>
       </c>
       <c r="D877" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E877" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F877" t="s">
-        <v>76</v>
+        <v>18</v>
       </c>
       <c r="G877" s="1" t="s">
         <v>3209</v>
       </c>
       <c r="H877" t="s">
         <v>3210</v>
       </c>
     </row>
     <row r="878" spans="1:8">
       <c r="A878" t="s">
         <v>3211</v>
       </c>
       <c r="B878" t="s">
         <v>9</v>
       </c>
       <c r="C878" t="s">
-        <v>904</v>
+        <v>900</v>
       </c>
       <c r="D878" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E878" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F878" t="s">
-        <v>97</v>
+        <v>76</v>
       </c>
       <c r="G878" s="1" t="s">
         <v>3212</v>
       </c>
       <c r="H878" t="s">
         <v>3213</v>
       </c>
     </row>
     <row r="879" spans="1:8">
       <c r="A879" t="s">
         <v>3214</v>
       </c>
       <c r="B879" t="s">
         <v>9</v>
       </c>
       <c r="C879" t="s">
-        <v>908</v>
+        <v>904</v>
       </c>
       <c r="D879" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E879" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F879" t="s">
+        <v>97</v>
+      </c>
+      <c r="G879" s="1" t="s">
         <v>3215</v>
       </c>
-      <c r="G879" s="1" t="s">
+      <c r="H879" t="s">
         <v>3216</v>
-      </c>
-[...1 lines deleted...]
-        <v>3217</v>
       </c>
     </row>
     <row r="880" spans="1:8">
       <c r="A880" t="s">
+        <v>3217</v>
+      </c>
+      <c r="B880" t="s">
+        <v>9</v>
+      </c>
+      <c r="C880" t="s">
+        <v>908</v>
+      </c>
+      <c r="D880" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E880" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F880" t="s">
         <v>3218</v>
-      </c>
-[...13 lines deleted...]
-        <v>58</v>
       </c>
       <c r="G880" s="1" t="s">
         <v>3219</v>
       </c>
       <c r="H880" t="s">
         <v>3220</v>
       </c>
     </row>
     <row r="881" spans="1:8">
       <c r="A881" t="s">
         <v>3221</v>
       </c>
       <c r="B881" t="s">
         <v>9</v>
       </c>
       <c r="C881" t="s">
-        <v>916</v>
+        <v>912</v>
       </c>
       <c r="D881" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E881" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F881" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="G881" s="1" t="s">
         <v>3222</v>
       </c>
       <c r="H881" t="s">
         <v>3223</v>
       </c>
     </row>
     <row r="882" spans="1:8">
       <c r="A882" t="s">
         <v>3224</v>
       </c>
       <c r="B882" t="s">
         <v>9</v>
       </c>
       <c r="C882" t="s">
-        <v>920</v>
+        <v>916</v>
       </c>
       <c r="D882" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E882" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F882" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="G882" s="1" t="s">
         <v>3225</v>
       </c>
       <c r="H882" t="s">
         <v>3226</v>
       </c>
     </row>
     <row r="883" spans="1:8">
       <c r="A883" t="s">
         <v>3227</v>
       </c>
       <c r="B883" t="s">
         <v>9</v>
       </c>
       <c r="C883" t="s">
-        <v>924</v>
+        <v>920</v>
       </c>
       <c r="D883" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E883" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F883" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="G883" s="1" t="s">
         <v>3228</v>
       </c>
       <c r="H883" t="s">
         <v>3229</v>
       </c>
     </row>
     <row r="884" spans="1:8">
       <c r="A884" t="s">
         <v>3230</v>
       </c>
       <c r="B884" t="s">
         <v>9</v>
       </c>
       <c r="C884" t="s">
-        <v>928</v>
+        <v>924</v>
       </c>
       <c r="D884" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E884" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F884" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G884" s="1" t="s">
         <v>3231</v>
       </c>
       <c r="H884" t="s">
-        <v>3192</v>
+        <v>3232</v>
       </c>
     </row>
     <row r="885" spans="1:8">
       <c r="A885" t="s">
-        <v>3232</v>
+        <v>3233</v>
       </c>
       <c r="B885" t="s">
         <v>9</v>
       </c>
       <c r="C885" t="s">
-        <v>932</v>
+        <v>928</v>
       </c>
       <c r="D885" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E885" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F885" t="s">
-        <v>63</v>
+        <v>13</v>
       </c>
       <c r="G885" s="1" t="s">
-        <v>3233</v>
+        <v>3234</v>
       </c>
       <c r="H885" t="s">
-        <v>3234</v>
+        <v>3195</v>
       </c>
     </row>
     <row r="886" spans="1:8">
       <c r="A886" t="s">
         <v>3235</v>
       </c>
       <c r="B886" t="s">
         <v>9</v>
       </c>
       <c r="C886" t="s">
-        <v>936</v>
+        <v>932</v>
       </c>
       <c r="D886" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E886" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F886" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="G886" s="1" t="s">
         <v>3236</v>
       </c>
       <c r="H886" t="s">
         <v>3237</v>
       </c>
     </row>
     <row r="887" spans="1:8">
       <c r="A887" t="s">
         <v>3238</v>
       </c>
       <c r="B887" t="s">
         <v>9</v>
       </c>
       <c r="C887" t="s">
-        <v>940</v>
+        <v>936</v>
       </c>
       <c r="D887" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E887" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F887" t="s">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="G887" s="1" t="s">
         <v>3239</v>
       </c>
       <c r="H887" t="s">
         <v>3240</v>
       </c>
     </row>
     <row r="888" spans="1:8">
       <c r="A888" t="s">
         <v>3241</v>
       </c>
       <c r="B888" t="s">
         <v>9</v>
       </c>
       <c r="C888" t="s">
-        <v>944</v>
+        <v>940</v>
       </c>
       <c r="D888" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E888" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F888" t="s">
+        <v>58</v>
+      </c>
+      <c r="G888" s="1" t="s">
         <v>3242</v>
       </c>
-      <c r="G888" s="1" t="s">
+      <c r="H888" t="s">
         <v>3243</v>
-      </c>
-[...1 lines deleted...]
-        <v>3244</v>
       </c>
     </row>
     <row r="889" spans="1:8">
       <c r="A889" t="s">
+        <v>3244</v>
+      </c>
+      <c r="B889" t="s">
+        <v>9</v>
+      </c>
+      <c r="C889" t="s">
+        <v>944</v>
+      </c>
+      <c r="D889" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E889" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F889" t="s">
         <v>3245</v>
-      </c>
-[...13 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G889" s="1" t="s">
         <v>3246</v>
       </c>
       <c r="H889" t="s">
         <v>3247</v>
       </c>
     </row>
     <row r="890" spans="1:8">
       <c r="A890" t="s">
         <v>3248</v>
       </c>
       <c r="B890" t="s">
         <v>9</v>
       </c>
       <c r="C890" t="s">
-        <v>952</v>
+        <v>948</v>
       </c>
       <c r="D890" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E890" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F890" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="G890" s="1" t="s">
         <v>3249</v>
       </c>
       <c r="H890" t="s">
         <v>3250</v>
       </c>
     </row>
     <row r="891" spans="1:8">
       <c r="A891" t="s">
         <v>3251</v>
       </c>
       <c r="B891" t="s">
         <v>9</v>
       </c>
       <c r="C891" t="s">
-        <v>956</v>
+        <v>952</v>
       </c>
       <c r="D891" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E891" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F891" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G891" s="1" t="s">
         <v>3252</v>
       </c>
       <c r="H891" t="s">
         <v>3253</v>
       </c>
     </row>
     <row r="892" spans="1:8">
       <c r="A892" t="s">
         <v>3254</v>
       </c>
       <c r="B892" t="s">
         <v>9</v>
       </c>
       <c r="C892" t="s">
-        <v>960</v>
+        <v>956</v>
       </c>
       <c r="D892" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E892" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F892" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="G892" s="1" t="s">
         <v>3255</v>
       </c>
       <c r="H892" t="s">
         <v>3256</v>
       </c>
     </row>
     <row r="893" spans="1:8">
       <c r="A893" t="s">
         <v>3257</v>
       </c>
       <c r="B893" t="s">
         <v>9</v>
       </c>
       <c r="C893" t="s">
-        <v>964</v>
+        <v>960</v>
       </c>
       <c r="D893" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E893" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F893" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="G893" s="1" t="s">
         <v>3258</v>
       </c>
       <c r="H893" t="s">
         <v>3259</v>
       </c>
     </row>
     <row r="894" spans="1:8">
       <c r="A894" t="s">
         <v>3260</v>
       </c>
       <c r="B894" t="s">
         <v>9</v>
       </c>
       <c r="C894" t="s">
-        <v>968</v>
+        <v>964</v>
       </c>
       <c r="D894" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E894" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F894" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="G894" s="1" t="s">
         <v>3261</v>
       </c>
       <c r="H894" t="s">
         <v>3262</v>
       </c>
     </row>
     <row r="895" spans="1:8">
       <c r="A895" t="s">
         <v>3263</v>
       </c>
       <c r="B895" t="s">
         <v>9</v>
       </c>
       <c r="C895" t="s">
-        <v>972</v>
+        <v>968</v>
       </c>
       <c r="D895" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E895" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F895" t="s">
+        <v>38</v>
+      </c>
+      <c r="G895" s="1" t="s">
         <v>3264</v>
       </c>
-      <c r="G895" s="1" t="s">
+      <c r="H895" t="s">
         <v>3265</v>
-      </c>
-[...1 lines deleted...]
-        <v>3266</v>
       </c>
     </row>
     <row r="896" spans="1:8">
       <c r="A896" t="s">
+        <v>3266</v>
+      </c>
+      <c r="B896" t="s">
+        <v>9</v>
+      </c>
+      <c r="C896" t="s">
+        <v>972</v>
+      </c>
+      <c r="D896" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E896" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F896" t="s">
         <v>3267</v>
-      </c>
-[...13 lines deleted...]
-        <v>18</v>
       </c>
       <c r="G896" s="1" t="s">
         <v>3268</v>
       </c>
       <c r="H896" t="s">
         <v>3269</v>
       </c>
     </row>
     <row r="897" spans="1:8">
       <c r="A897" t="s">
         <v>3270</v>
       </c>
       <c r="B897" t="s">
         <v>9</v>
       </c>
       <c r="C897" t="s">
-        <v>980</v>
+        <v>976</v>
       </c>
       <c r="D897" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E897" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F897" t="s">
-        <v>97</v>
+        <v>18</v>
       </c>
       <c r="G897" s="1" t="s">
         <v>3271</v>
       </c>
       <c r="H897" t="s">
         <v>3272</v>
       </c>
     </row>
     <row r="898" spans="1:8">
       <c r="A898" t="s">
         <v>3273</v>
       </c>
       <c r="B898" t="s">
         <v>9</v>
       </c>
       <c r="C898" t="s">
-        <v>984</v>
+        <v>980</v>
       </c>
       <c r="D898" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E898" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F898" t="s">
-        <v>23</v>
+        <v>97</v>
       </c>
       <c r="G898" s="1" t="s">
         <v>3274</v>
       </c>
       <c r="H898" t="s">
         <v>3275</v>
       </c>
     </row>
     <row r="899" spans="1:8">
       <c r="A899" t="s">
         <v>3276</v>
       </c>
       <c r="B899" t="s">
         <v>9</v>
       </c>
       <c r="C899" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="D899" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E899" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F899" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="G899" s="1" t="s">
         <v>3277</v>
       </c>
       <c r="H899" t="s">
         <v>3278</v>
       </c>
     </row>
     <row r="900" spans="1:8">
       <c r="A900" t="s">
         <v>3279</v>
       </c>
       <c r="B900" t="s">
         <v>9</v>
       </c>
       <c r="C900" t="s">
-        <v>992</v>
+        <v>988</v>
       </c>
       <c r="D900" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E900" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F900" t="s">
         <v>28</v>
       </c>
       <c r="G900" s="1" t="s">
         <v>3280</v>
       </c>
       <c r="H900" t="s">
         <v>3281</v>
       </c>
     </row>
     <row r="901" spans="1:8">
       <c r="A901" t="s">
         <v>3282</v>
       </c>
       <c r="B901" t="s">
         <v>9</v>
       </c>
       <c r="C901" t="s">
-        <v>996</v>
+        <v>992</v>
       </c>
       <c r="D901" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E901" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F901" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="G901" s="1" t="s">
         <v>3283</v>
       </c>
       <c r="H901" t="s">
         <v>3284</v>
       </c>
     </row>
     <row r="902" spans="1:8">
       <c r="A902" t="s">
         <v>3285</v>
       </c>
       <c r="B902" t="s">
         <v>9</v>
       </c>
       <c r="C902" t="s">
-        <v>1000</v>
+        <v>996</v>
       </c>
       <c r="D902" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E902" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F902" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="G902" s="1" t="s">
         <v>3286</v>
       </c>
       <c r="H902" t="s">
         <v>3287</v>
       </c>
     </row>
     <row r="903" spans="1:8">
       <c r="A903" t="s">
         <v>3288</v>
       </c>
       <c r="B903" t="s">
         <v>9</v>
       </c>
       <c r="C903" t="s">
-        <v>1004</v>
+        <v>1000</v>
       </c>
       <c r="D903" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E903" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F903" t="s">
-        <v>2099</v>
+        <v>18</v>
       </c>
       <c r="G903" s="1" t="s">
         <v>3289</v>
       </c>
       <c r="H903" t="s">
         <v>3290</v>
       </c>
     </row>
     <row r="904" spans="1:8">
       <c r="A904" t="s">
         <v>3291</v>
       </c>
       <c r="B904" t="s">
         <v>9</v>
       </c>
       <c r="C904" t="s">
-        <v>1008</v>
+        <v>1004</v>
       </c>
       <c r="D904" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E904" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F904" t="s">
-        <v>58</v>
+        <v>2099</v>
       </c>
       <c r="G904" s="1" t="s">
         <v>3292</v>
       </c>
       <c r="H904" t="s">
         <v>3293</v>
       </c>
     </row>
     <row r="905" spans="1:8">
       <c r="A905" t="s">
         <v>3294</v>
       </c>
       <c r="B905" t="s">
         <v>9</v>
       </c>
       <c r="C905" t="s">
-        <v>1012</v>
+        <v>1008</v>
       </c>
       <c r="D905" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E905" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F905" t="s">
-        <v>97</v>
+        <v>58</v>
       </c>
       <c r="G905" s="1" t="s">
         <v>3295</v>
       </c>
       <c r="H905" t="s">
         <v>3296</v>
       </c>
     </row>
     <row r="906" spans="1:8">
       <c r="A906" t="s">
         <v>3297</v>
       </c>
       <c r="B906" t="s">
         <v>9</v>
       </c>
       <c r="C906" t="s">
-        <v>1016</v>
+        <v>1012</v>
       </c>
       <c r="D906" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E906" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F906" t="s">
-        <v>63</v>
+        <v>97</v>
       </c>
       <c r="G906" s="1" t="s">
         <v>3298</v>
       </c>
       <c r="H906" t="s">
         <v>3299</v>
       </c>
     </row>
     <row r="907" spans="1:8">
       <c r="A907" t="s">
         <v>3300</v>
       </c>
       <c r="B907" t="s">
         <v>9</v>
       </c>
       <c r="C907" t="s">
-        <v>1020</v>
+        <v>1016</v>
       </c>
       <c r="D907" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E907" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F907" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="G907" s="1" t="s">
         <v>3301</v>
       </c>
       <c r="H907" t="s">
         <v>3302</v>
       </c>
     </row>
     <row r="908" spans="1:8">
       <c r="A908" t="s">
         <v>3303</v>
       </c>
       <c r="B908" t="s">
         <v>9</v>
       </c>
       <c r="C908" t="s">
-        <v>1024</v>
+        <v>1020</v>
       </c>
       <c r="D908" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E908" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F908" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="G908" s="1" t="s">
         <v>3304</v>
       </c>
       <c r="H908" t="s">
         <v>3305</v>
       </c>
     </row>
     <row r="909" spans="1:8">
       <c r="A909" t="s">
         <v>3306</v>
       </c>
       <c r="B909" t="s">
         <v>9</v>
       </c>
       <c r="C909" t="s">
-        <v>1028</v>
+        <v>1024</v>
       </c>
       <c r="D909" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E909" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F909" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="G909" s="1" t="s">
         <v>3307</v>
       </c>
       <c r="H909" t="s">
         <v>3308</v>
       </c>
     </row>
     <row r="910" spans="1:8">
       <c r="A910" t="s">
         <v>3309</v>
       </c>
       <c r="B910" t="s">
         <v>9</v>
       </c>
       <c r="C910" t="s">
-        <v>1033</v>
+        <v>1028</v>
       </c>
       <c r="D910" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E910" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F910" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="G910" s="1" t="s">
         <v>3310</v>
       </c>
       <c r="H910" t="s">
         <v>3311</v>
       </c>
     </row>
     <row r="911" spans="1:8">
       <c r="A911" t="s">
         <v>3312</v>
       </c>
       <c r="B911" t="s">
         <v>9</v>
       </c>
       <c r="C911" t="s">
-        <v>1037</v>
+        <v>1033</v>
       </c>
       <c r="D911" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E911" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F911" t="s">
+        <v>13</v>
+      </c>
+      <c r="G911" s="1" t="s">
         <v>3313</v>
       </c>
-      <c r="G911" s="1" t="s">
+      <c r="H911" t="s">
         <v>3314</v>
-      </c>
-[...1 lines deleted...]
-        <v>3315</v>
       </c>
     </row>
     <row r="912" spans="1:8">
       <c r="A912" t="s">
+        <v>3315</v>
+      </c>
+      <c r="B912" t="s">
+        <v>9</v>
+      </c>
+      <c r="C912" t="s">
+        <v>1037</v>
+      </c>
+      <c r="D912" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E912" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F912" t="s">
         <v>3316</v>
-      </c>
-[...13 lines deleted...]
-        <v>97</v>
       </c>
       <c r="G912" s="1" t="s">
         <v>3317</v>
       </c>
       <c r="H912" t="s">
         <v>3318</v>
       </c>
     </row>
     <row r="913" spans="1:8">
       <c r="A913" t="s">
         <v>3319</v>
       </c>
       <c r="B913" t="s">
         <v>9</v>
       </c>
       <c r="C913" t="s">
-        <v>1045</v>
+        <v>1041</v>
       </c>
       <c r="D913" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E913" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F913" t="s">
-        <v>222</v>
+        <v>97</v>
       </c>
       <c r="G913" s="1" t="s">
         <v>3320</v>
       </c>
       <c r="H913" t="s">
         <v>3321</v>
       </c>
     </row>
     <row r="914" spans="1:8">
       <c r="A914" t="s">
         <v>3322</v>
       </c>
       <c r="B914" t="s">
         <v>9</v>
       </c>
       <c r="C914" t="s">
-        <v>1049</v>
+        <v>1045</v>
       </c>
       <c r="D914" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E914" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F914" t="s">
-        <v>18</v>
+        <v>222</v>
       </c>
       <c r="G914" s="1" t="s">
         <v>3323</v>
       </c>
       <c r="H914" t="s">
         <v>3324</v>
       </c>
     </row>
     <row r="915" spans="1:8">
       <c r="A915" t="s">
         <v>3325</v>
       </c>
       <c r="B915" t="s">
         <v>9</v>
       </c>
       <c r="C915" t="s">
-        <v>1053</v>
+        <v>1049</v>
       </c>
       <c r="D915" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E915" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F915" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="G915" s="1" t="s">
         <v>3326</v>
       </c>
       <c r="H915" t="s">
         <v>3327</v>
       </c>
     </row>
     <row r="916" spans="1:8">
       <c r="A916" t="s">
         <v>3328</v>
       </c>
       <c r="B916" t="s">
         <v>9</v>
       </c>
       <c r="C916" t="s">
-        <v>1057</v>
+        <v>1053</v>
       </c>
       <c r="D916" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E916" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F916" t="s">
-        <v>53</v>
+        <v>28</v>
       </c>
       <c r="G916" s="1" t="s">
         <v>3329</v>
       </c>
       <c r="H916" t="s">
         <v>3330</v>
       </c>
     </row>
     <row r="917" spans="1:8">
       <c r="A917" t="s">
         <v>3331</v>
       </c>
       <c r="B917" t="s">
         <v>9</v>
       </c>
       <c r="C917" t="s">
-        <v>1065</v>
+        <v>1057</v>
       </c>
       <c r="D917" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E917" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F917" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="G917" s="1" t="s">
         <v>3332</v>
       </c>
       <c r="H917" t="s">
         <v>3333</v>
       </c>
     </row>
     <row r="918" spans="1:8">
       <c r="A918" t="s">
         <v>3334</v>
       </c>
       <c r="B918" t="s">
         <v>9</v>
       </c>
       <c r="C918" t="s">
-        <v>1069</v>
+        <v>1065</v>
       </c>
       <c r="D918" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E918" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F918" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="G918" s="1" t="s">
         <v>3335</v>
       </c>
       <c r="H918" t="s">
         <v>3336</v>
       </c>
     </row>
     <row r="919" spans="1:8">
       <c r="A919" t="s">
         <v>3337</v>
       </c>
       <c r="B919" t="s">
         <v>9</v>
       </c>
       <c r="C919" t="s">
-        <v>1073</v>
+        <v>1069</v>
       </c>
       <c r="D919" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E919" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F919" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="G919" s="1" t="s">
         <v>3338</v>
       </c>
       <c r="H919" t="s">
         <v>3339</v>
       </c>
     </row>
     <row r="920" spans="1:8">
       <c r="A920" t="s">
         <v>3340</v>
       </c>
       <c r="B920" t="s">
         <v>9</v>
       </c>
       <c r="C920" t="s">
-        <v>1077</v>
+        <v>1073</v>
       </c>
       <c r="D920" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E920" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F920" t="s">
-        <v>43</v>
+        <v>76</v>
       </c>
       <c r="G920" s="1" t="s">
         <v>3341</v>
       </c>
       <c r="H920" t="s">
         <v>3342</v>
       </c>
     </row>
     <row r="921" spans="1:8">
       <c r="A921" t="s">
         <v>3343</v>
       </c>
       <c r="B921" t="s">
         <v>9</v>
       </c>
       <c r="C921" t="s">
-        <v>1081</v>
+        <v>1077</v>
       </c>
       <c r="D921" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E921" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F921" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="G921" s="1" t="s">
         <v>3344</v>
       </c>
       <c r="H921" t="s">
         <v>3345</v>
       </c>
     </row>
     <row r="922" spans="1:8">
       <c r="A922" t="s">
         <v>3346</v>
       </c>
       <c r="B922" t="s">
         <v>9</v>
       </c>
       <c r="C922" t="s">
-        <v>1085</v>
+        <v>1081</v>
       </c>
       <c r="D922" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E922" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F922" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="G922" s="1" t="s">
         <v>3347</v>
       </c>
       <c r="H922" t="s">
         <v>3348</v>
       </c>
     </row>
     <row r="923" spans="1:8">
       <c r="A923" t="s">
         <v>3349</v>
       </c>
       <c r="B923" t="s">
         <v>9</v>
       </c>
       <c r="C923" t="s">
-        <v>1089</v>
+        <v>1085</v>
       </c>
       <c r="D923" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E923" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F923" t="s">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="G923" s="1" t="s">
         <v>3350</v>
       </c>
       <c r="H923" t="s">
         <v>3351</v>
       </c>
     </row>
     <row r="924" spans="1:8">
       <c r="A924" t="s">
         <v>3352</v>
       </c>
       <c r="B924" t="s">
         <v>9</v>
       </c>
       <c r="C924" t="s">
-        <v>1093</v>
+        <v>1089</v>
       </c>
       <c r="D924" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E924" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F924" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="G924" s="1" t="s">
         <v>3353</v>
       </c>
       <c r="H924" t="s">
         <v>3354</v>
       </c>
     </row>
     <row r="925" spans="1:8">
       <c r="A925" t="s">
         <v>3355</v>
       </c>
       <c r="B925" t="s">
         <v>9</v>
       </c>
       <c r="C925" t="s">
-        <v>1097</v>
+        <v>1093</v>
       </c>
       <c r="D925" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E925" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F925" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="G925" s="1" t="s">
         <v>3356</v>
       </c>
       <c r="H925" t="s">
         <v>3357</v>
       </c>
     </row>
     <row r="926" spans="1:8">
       <c r="A926" t="s">
         <v>3358</v>
       </c>
       <c r="B926" t="s">
         <v>9</v>
       </c>
       <c r="C926" t="s">
-        <v>1101</v>
+        <v>1097</v>
       </c>
       <c r="D926" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E926" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F926" t="s">
-        <v>18</v>
+        <v>33</v>
       </c>
       <c r="G926" s="1" t="s">
         <v>3359</v>
       </c>
       <c r="H926" t="s">
         <v>3360</v>
       </c>
     </row>
     <row r="927" spans="1:8">
       <c r="A927" t="s">
         <v>3361</v>
       </c>
       <c r="B927" t="s">
         <v>9</v>
       </c>
       <c r="C927" t="s">
-        <v>1105</v>
+        <v>1101</v>
       </c>
       <c r="D927" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E927" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F927" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="G927" s="1" t="s">
         <v>3362</v>
       </c>
       <c r="H927" t="s">
         <v>3363</v>
       </c>
     </row>
     <row r="928" spans="1:8">
       <c r="A928" t="s">
         <v>3364</v>
       </c>
       <c r="B928" t="s">
         <v>9</v>
       </c>
       <c r="C928" t="s">
-        <v>1109</v>
+        <v>1105</v>
       </c>
       <c r="D928" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E928" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F928" t="s">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="G928" s="1" t="s">
         <v>3365</v>
       </c>
       <c r="H928" t="s">
         <v>3366</v>
       </c>
     </row>
     <row r="929" spans="1:8">
       <c r="A929" t="s">
         <v>3367</v>
       </c>
       <c r="B929" t="s">
         <v>9</v>
       </c>
       <c r="C929" t="s">
-        <v>1113</v>
+        <v>1109</v>
       </c>
       <c r="D929" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E929" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F929" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="G929" s="1" t="s">
         <v>3368</v>
       </c>
       <c r="H929" t="s">
         <v>3369</v>
       </c>
     </row>
     <row r="930" spans="1:8">
       <c r="A930" t="s">
         <v>3370</v>
       </c>
       <c r="B930" t="s">
         <v>9</v>
       </c>
       <c r="C930" t="s">
-        <v>1117</v>
+        <v>1113</v>
       </c>
       <c r="D930" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E930" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F930" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="G930" s="1" t="s">
         <v>3371</v>
       </c>
       <c r="H930" t="s">
         <v>3372</v>
       </c>
     </row>
     <row r="931" spans="1:8">
       <c r="A931" t="s">
         <v>3373</v>
       </c>
       <c r="B931" t="s">
         <v>9</v>
       </c>
       <c r="C931" t="s">
-        <v>1121</v>
+        <v>1117</v>
       </c>
       <c r="D931" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E931" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F931" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="G931" s="1" t="s">
         <v>3374</v>
       </c>
       <c r="H931" t="s">
         <v>3375</v>
       </c>
     </row>
     <row r="932" spans="1:8">
       <c r="A932" t="s">
         <v>3376</v>
       </c>
       <c r="B932" t="s">
         <v>9</v>
       </c>
       <c r="C932" t="s">
-        <v>1124</v>
+        <v>1121</v>
       </c>
       <c r="D932" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E932" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F932" t="s">
-        <v>38</v>
+        <v>23</v>
       </c>
       <c r="G932" s="1" t="s">
         <v>3377</v>
       </c>
       <c r="H932" t="s">
         <v>3378</v>
       </c>
     </row>
     <row r="933" spans="1:8">
       <c r="A933" t="s">
         <v>3379</v>
       </c>
       <c r="B933" t="s">
         <v>9</v>
       </c>
       <c r="C933" t="s">
-        <v>1128</v>
+        <v>1124</v>
       </c>
       <c r="D933" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E933" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F933" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="G933" s="1" t="s">
         <v>3380</v>
       </c>
       <c r="H933" t="s">
         <v>3381</v>
       </c>
     </row>
     <row r="934" spans="1:8">
       <c r="A934" t="s">
         <v>3382</v>
       </c>
       <c r="B934" t="s">
         <v>9</v>
       </c>
       <c r="C934" t="s">
-        <v>1132</v>
+        <v>1128</v>
       </c>
       <c r="D934" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E934" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F934" t="s">
-        <v>53</v>
+        <v>48</v>
       </c>
       <c r="G934" s="1" t="s">
         <v>3383</v>
       </c>
       <c r="H934" t="s">
         <v>3384</v>
       </c>
     </row>
     <row r="935" spans="1:8">
       <c r="A935" t="s">
         <v>3385</v>
       </c>
       <c r="B935" t="s">
         <v>9</v>
       </c>
       <c r="C935" t="s">
-        <v>1136</v>
+        <v>1132</v>
       </c>
       <c r="D935" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E935" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F935" t="s">
-        <v>13</v>
+        <v>53</v>
       </c>
       <c r="G935" s="1" t="s">
         <v>3386</v>
       </c>
       <c r="H935" t="s">
         <v>3387</v>
       </c>
     </row>
     <row r="936" spans="1:8">
       <c r="A936" t="s">
         <v>3388</v>
       </c>
       <c r="B936" t="s">
         <v>9</v>
       </c>
       <c r="C936" t="s">
-        <v>1140</v>
+        <v>1136</v>
       </c>
       <c r="D936" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E936" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F936" t="s">
-        <v>97</v>
+        <v>13</v>
       </c>
       <c r="G936" s="1" t="s">
         <v>3389</v>
       </c>
       <c r="H936" t="s">
         <v>3390</v>
       </c>
     </row>
     <row r="937" spans="1:8">
       <c r="A937" t="s">
         <v>3391</v>
       </c>
       <c r="B937" t="s">
         <v>9</v>
       </c>
       <c r="C937" t="s">
-        <v>1144</v>
+        <v>1140</v>
       </c>
       <c r="D937" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E937" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F937" t="s">
+        <v>97</v>
+      </c>
+      <c r="G937" s="1" t="s">
         <v>3392</v>
       </c>
-      <c r="G937" s="1" t="s">
+      <c r="H937" t="s">
         <v>3393</v>
-      </c>
-[...1 lines deleted...]
-        <v>3394</v>
       </c>
     </row>
     <row r="938" spans="1:8">
       <c r="A938" t="s">
+        <v>3394</v>
+      </c>
+      <c r="B938" t="s">
+        <v>9</v>
+      </c>
+      <c r="C938" t="s">
+        <v>1144</v>
+      </c>
+      <c r="D938" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E938" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F938" t="s">
         <v>3395</v>
-      </c>
-[...10 lines deleted...]
-        <v>2560</v>
       </c>
       <c r="G938" s="1" t="s">
         <v>3396</v>
       </c>
       <c r="H938" t="s">
         <v>3397</v>
       </c>
     </row>
     <row r="939" spans="1:8">
       <c r="A939" t="s">
         <v>3398</v>
       </c>
       <c r="B939" t="s">
         <v>9</v>
       </c>
       <c r="C939" t="s">
-        <v>1156</v>
+        <v>1148</v>
       </c>
       <c r="D939" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E939" t="s">
-        <v>2560</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>2563</v>
       </c>
       <c r="G939" s="1" t="s">
         <v>3399</v>
       </c>
       <c r="H939" t="s">
         <v>3400</v>
       </c>
     </row>
     <row r="940" spans="1:8">
       <c r="A940" t="s">
         <v>3401</v>
       </c>
       <c r="B940" t="s">
         <v>9</v>
       </c>
       <c r="C940" t="s">
-        <v>1160</v>
+        <v>1156</v>
       </c>
       <c r="D940" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E940" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F940" t="s">
+        <v>28</v>
+      </c>
+      <c r="G940" s="1" t="s">
         <v>3402</v>
       </c>
-      <c r="G940" s="1" t="s">
+      <c r="H940" t="s">
         <v>3403</v>
-      </c>
-[...1 lines deleted...]
-        <v>3404</v>
       </c>
     </row>
     <row r="941" spans="1:8">
       <c r="A941" t="s">
+        <v>3404</v>
+      </c>
+      <c r="B941" t="s">
+        <v>9</v>
+      </c>
+      <c r="C941" t="s">
+        <v>1160</v>
+      </c>
+      <c r="D941" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E941" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F941" t="s">
         <v>3405</v>
-      </c>
-[...13 lines deleted...]
-        <v>58</v>
       </c>
       <c r="G941" s="1" t="s">
         <v>3406</v>
       </c>
       <c r="H941" t="s">
         <v>3407</v>
       </c>
     </row>
     <row r="942" spans="1:8">
       <c r="A942" t="s">
         <v>3408</v>
       </c>
       <c r="B942" t="s">
         <v>9</v>
       </c>
       <c r="C942" t="s">
-        <v>1168</v>
+        <v>1164</v>
       </c>
       <c r="D942" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E942" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F942" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G942" s="1" t="s">
         <v>3409</v>
       </c>
       <c r="H942" t="s">
         <v>3410</v>
       </c>
     </row>
     <row r="943" spans="1:8">
       <c r="A943" t="s">
         <v>3411</v>
       </c>
       <c r="B943" t="s">
         <v>9</v>
       </c>
       <c r="C943" t="s">
-        <v>1172</v>
+        <v>1168</v>
       </c>
       <c r="D943" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E943" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F943" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G943" s="1" t="s">
         <v>3412</v>
       </c>
       <c r="H943" t="s">
         <v>3413</v>
       </c>
     </row>
     <row r="944" spans="1:8">
       <c r="A944" t="s">
         <v>3414</v>
       </c>
       <c r="B944" t="s">
         <v>9</v>
       </c>
       <c r="C944" t="s">
-        <v>1176</v>
+        <v>1172</v>
       </c>
       <c r="D944" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E944" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F944" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="G944" s="1" t="s">
         <v>3415</v>
       </c>
       <c r="H944" t="s">
         <v>3416</v>
       </c>
     </row>
     <row r="945" spans="1:8">
       <c r="A945" t="s">
         <v>3417</v>
       </c>
       <c r="B945" t="s">
         <v>9</v>
       </c>
       <c r="C945" t="s">
-        <v>1180</v>
+        <v>1176</v>
       </c>
       <c r="D945" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E945" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F945" t="s">
-        <v>2099</v>
+        <v>63</v>
       </c>
       <c r="G945" s="1" t="s">
         <v>3418</v>
       </c>
       <c r="H945" t="s">
         <v>3419</v>
       </c>
     </row>
     <row r="946" spans="1:8">
       <c r="A946" t="s">
         <v>3420</v>
       </c>
       <c r="B946" t="s">
         <v>9</v>
       </c>
       <c r="C946" t="s">
-        <v>1185</v>
+        <v>1180</v>
       </c>
       <c r="D946" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E946" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F946" t="s">
-        <v>33</v>
+        <v>2099</v>
       </c>
       <c r="G946" s="1" t="s">
         <v>3421</v>
       </c>
       <c r="H946" t="s">
         <v>3422</v>
       </c>
     </row>
     <row r="947" spans="1:8">
       <c r="A947" t="s">
         <v>3423</v>
       </c>
       <c r="B947" t="s">
         <v>9</v>
       </c>
       <c r="C947" t="s">
-        <v>1189</v>
+        <v>1185</v>
       </c>
       <c r="D947" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E947" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F947" t="s">
-        <v>76</v>
+        <v>33</v>
       </c>
       <c r="G947" s="1" t="s">
         <v>3424</v>
       </c>
       <c r="H947" t="s">
         <v>3425</v>
       </c>
     </row>
     <row r="948" spans="1:8">
       <c r="A948" t="s">
         <v>3426</v>
       </c>
       <c r="B948" t="s">
         <v>9</v>
       </c>
       <c r="C948" t="s">
-        <v>1193</v>
+        <v>1189</v>
       </c>
       <c r="D948" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E948" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F948" t="s">
-        <v>18</v>
+        <v>76</v>
       </c>
       <c r="G948" s="1" t="s">
         <v>3427</v>
       </c>
       <c r="H948" t="s">
         <v>3428</v>
       </c>
     </row>
     <row r="949" spans="1:8">
       <c r="A949" t="s">
         <v>3429</v>
       </c>
       <c r="B949" t="s">
         <v>9</v>
       </c>
       <c r="C949" t="s">
-        <v>1197</v>
+        <v>1193</v>
       </c>
       <c r="D949" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E949" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F949" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G949" s="1" t="s">
         <v>3430</v>
       </c>
       <c r="H949" t="s">
         <v>3431</v>
       </c>
     </row>
     <row r="950" spans="1:8">
       <c r="A950" t="s">
         <v>3432</v>
       </c>
       <c r="B950" t="s">
         <v>9</v>
       </c>
       <c r="C950" t="s">
-        <v>1201</v>
+        <v>1197</v>
       </c>
       <c r="D950" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E950" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F950" t="s">
-        <v>97</v>
+        <v>23</v>
       </c>
       <c r="G950" s="1" t="s">
         <v>3433</v>
       </c>
       <c r="H950" t="s">
         <v>3434</v>
       </c>
     </row>
     <row r="951" spans="1:8">
       <c r="A951" t="s">
         <v>3435</v>
       </c>
       <c r="B951" t="s">
         <v>9</v>
       </c>
       <c r="C951" t="s">
-        <v>1205</v>
+        <v>1201</v>
       </c>
       <c r="D951" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E951" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F951" t="s">
-        <v>38</v>
+        <v>97</v>
       </c>
       <c r="G951" s="1" t="s">
         <v>3436</v>
       </c>
       <c r="H951" t="s">
         <v>3437</v>
       </c>
     </row>
     <row r="952" spans="1:8">
       <c r="A952" t="s">
         <v>3438</v>
       </c>
       <c r="B952" t="s">
         <v>9</v>
       </c>
       <c r="C952" t="s">
-        <v>1209</v>
+        <v>1205</v>
       </c>
       <c r="D952" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E952" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F952" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="G952" s="1" t="s">
         <v>3439</v>
       </c>
       <c r="H952" t="s">
         <v>3440</v>
       </c>
     </row>
     <row r="953" spans="1:8">
       <c r="A953" t="s">
         <v>3441</v>
       </c>
       <c r="B953" t="s">
         <v>9</v>
       </c>
       <c r="C953" t="s">
-        <v>1213</v>
+        <v>1209</v>
       </c>
       <c r="D953" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E953" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F953" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="G953" s="1" t="s">
         <v>3442</v>
       </c>
       <c r="H953" t="s">
         <v>3443</v>
       </c>
     </row>
     <row r="954" spans="1:8">
       <c r="A954" t="s">
         <v>3444</v>
       </c>
       <c r="B954" t="s">
         <v>9</v>
       </c>
       <c r="C954" t="s">
-        <v>1217</v>
+        <v>1213</v>
       </c>
       <c r="D954" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E954" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F954" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="G954" s="1" t="s">
         <v>3445</v>
       </c>
       <c r="H954" t="s">
         <v>3446</v>
       </c>
     </row>
     <row r="955" spans="1:8">
       <c r="A955" t="s">
         <v>3447</v>
       </c>
       <c r="B955" t="s">
         <v>9</v>
       </c>
       <c r="C955" t="s">
-        <v>1221</v>
+        <v>1217</v>
       </c>
       <c r="D955" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E955" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F955" t="s">
-        <v>76</v>
+        <v>28</v>
       </c>
       <c r="G955" s="1" t="s">
         <v>3448</v>
       </c>
       <c r="H955" t="s">
         <v>3449</v>
       </c>
     </row>
     <row r="956" spans="1:8">
       <c r="A956" t="s">
         <v>3450</v>
       </c>
       <c r="B956" t="s">
         <v>9</v>
       </c>
       <c r="C956" t="s">
-        <v>1225</v>
+        <v>1221</v>
       </c>
       <c r="D956" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E956" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F956" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
       <c r="G956" s="1" t="s">
         <v>3451</v>
       </c>
       <c r="H956" t="s">
         <v>3452</v>
       </c>
     </row>
     <row r="957" spans="1:8">
       <c r="A957" t="s">
         <v>3453</v>
       </c>
       <c r="B957" t="s">
         <v>9</v>
       </c>
       <c r="C957" t="s">
-        <v>1229</v>
+        <v>1225</v>
       </c>
       <c r="D957" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E957" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F957" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="G957" s="1" t="s">
         <v>3454</v>
       </c>
       <c r="H957" t="s">
         <v>3455</v>
       </c>
     </row>
     <row r="958" spans="1:8">
       <c r="A958" t="s">
         <v>3456</v>
       </c>
       <c r="B958" t="s">
         <v>9</v>
       </c>
       <c r="C958" t="s">
-        <v>1233</v>
+        <v>1229</v>
       </c>
       <c r="D958" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E958" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F958" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="G958" s="1" t="s">
         <v>3457</v>
       </c>
       <c r="H958" t="s">
         <v>3458</v>
       </c>
     </row>
     <row r="959" spans="1:8">
       <c r="A959" t="s">
         <v>3459</v>
       </c>
       <c r="B959" t="s">
         <v>9</v>
       </c>
       <c r="C959" t="s">
-        <v>1237</v>
+        <v>1233</v>
       </c>
       <c r="D959" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E959" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F959" t="s">
-        <v>97</v>
+        <v>53</v>
       </c>
       <c r="G959" s="1" t="s">
         <v>3460</v>
       </c>
       <c r="H959" t="s">
         <v>3461</v>
       </c>
     </row>
     <row r="960" spans="1:8">
       <c r="A960" t="s">
         <v>3462</v>
       </c>
       <c r="B960" t="s">
         <v>9</v>
       </c>
       <c r="C960" t="s">
-        <v>1241</v>
+        <v>1237</v>
       </c>
       <c r="D960" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E960" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F960" t="s">
+        <v>97</v>
+      </c>
+      <c r="G960" s="1" t="s">
         <v>3463</v>
       </c>
-      <c r="G960" s="1" t="s">
+      <c r="H960" t="s">
         <v>3464</v>
-      </c>
-[...1 lines deleted...]
-        <v>3465</v>
       </c>
     </row>
     <row r="961" spans="1:8">
       <c r="A961" t="s">
+        <v>3465</v>
+      </c>
+      <c r="B961" t="s">
+        <v>9</v>
+      </c>
+      <c r="C961" t="s">
+        <v>1241</v>
+      </c>
+      <c r="D961" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E961" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F961" t="s">
         <v>3466</v>
-      </c>
-[...13 lines deleted...]
-        <v>63</v>
       </c>
       <c r="G961" s="1" t="s">
         <v>3467</v>
       </c>
       <c r="H961" t="s">
         <v>3468</v>
       </c>
     </row>
     <row r="962" spans="1:8">
       <c r="A962" t="s">
         <v>3469</v>
       </c>
       <c r="B962" t="s">
         <v>9</v>
       </c>
       <c r="C962" t="s">
-        <v>1249</v>
+        <v>1245</v>
       </c>
       <c r="D962" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E962" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F962" t="s">
-        <v>43</v>
+        <v>63</v>
       </c>
       <c r="G962" s="1" t="s">
         <v>3470</v>
       </c>
       <c r="H962" t="s">
         <v>3471</v>
       </c>
     </row>
     <row r="963" spans="1:8">
       <c r="A963" t="s">
         <v>3472</v>
       </c>
       <c r="B963" t="s">
         <v>9</v>
       </c>
       <c r="C963" t="s">
-        <v>1253</v>
+        <v>1249</v>
       </c>
       <c r="D963" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E963" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F963" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="G963" s="1" t="s">
         <v>3473</v>
       </c>
       <c r="H963" t="s">
         <v>3474</v>
       </c>
     </row>
     <row r="964" spans="1:8">
       <c r="A964" t="s">
         <v>3475</v>
       </c>
       <c r="B964" t="s">
         <v>9</v>
       </c>
       <c r="C964" t="s">
-        <v>1257</v>
+        <v>1253</v>
       </c>
       <c r="D964" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E964" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F964" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G964" s="1" t="s">
         <v>3476</v>
       </c>
       <c r="H964" t="s">
         <v>3477</v>
       </c>
     </row>
     <row r="965" spans="1:8">
       <c r="A965" t="s">
         <v>3478</v>
       </c>
       <c r="B965" t="s">
         <v>9</v>
       </c>
       <c r="C965" t="s">
-        <v>1261</v>
+        <v>1257</v>
       </c>
       <c r="D965" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E965" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F965" t="s">
-        <v>13</v>
+        <v>38</v>
       </c>
       <c r="G965" s="1" t="s">
         <v>3479</v>
       </c>
       <c r="H965" t="s">
         <v>3480</v>
       </c>
     </row>
     <row r="966" spans="1:8">
       <c r="A966" t="s">
         <v>3481</v>
       </c>
       <c r="B966" t="s">
         <v>9</v>
       </c>
       <c r="C966" t="s">
-        <v>1265</v>
+        <v>1261</v>
       </c>
       <c r="D966" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E966" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F966" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G966" s="1" t="s">
         <v>3482</v>
       </c>
       <c r="H966" t="s">
         <v>3483</v>
       </c>
     </row>
     <row r="967" spans="1:8">
       <c r="A967" t="s">
         <v>3484</v>
       </c>
       <c r="B967" t="s">
         <v>9</v>
       </c>
       <c r="C967" t="s">
-        <v>1269</v>
+        <v>1265</v>
       </c>
       <c r="D967" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E967" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F967" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="G967" s="1" t="s">
         <v>3485</v>
       </c>
       <c r="H967" t="s">
         <v>3486</v>
       </c>
     </row>
     <row r="968" spans="1:8">
       <c r="A968" t="s">
         <v>3487</v>
       </c>
       <c r="B968" t="s">
         <v>9</v>
       </c>
       <c r="C968" t="s">
-        <v>1273</v>
+        <v>1269</v>
       </c>
       <c r="D968" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E968" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F968" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="G968" s="1" t="s">
         <v>3488</v>
       </c>
       <c r="H968" t="s">
         <v>3489</v>
       </c>
     </row>
     <row r="969" spans="1:8">
       <c r="A969" t="s">
         <v>3490</v>
       </c>
       <c r="B969" t="s">
         <v>9</v>
       </c>
       <c r="C969" t="s">
-        <v>1277</v>
+        <v>1273</v>
       </c>
       <c r="D969" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E969" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F969" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="G969" s="1" t="s">
         <v>3491</v>
       </c>
       <c r="H969" t="s">
         <v>3492</v>
       </c>
     </row>
     <row r="970" spans="1:8">
       <c r="A970" t="s">
         <v>3493</v>
       </c>
       <c r="B970" t="s">
         <v>9</v>
       </c>
       <c r="C970" t="s">
-        <v>1281</v>
+        <v>1277</v>
       </c>
       <c r="D970" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E970" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F970" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
       <c r="G970" s="1" t="s">
         <v>3494</v>
       </c>
       <c r="H970" t="s">
         <v>3495</v>
       </c>
     </row>
     <row r="971" spans="1:8">
       <c r="A971" t="s">
         <v>3496</v>
       </c>
       <c r="B971" t="s">
         <v>9</v>
       </c>
       <c r="C971" t="s">
-        <v>1285</v>
+        <v>1281</v>
       </c>
       <c r="D971" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E971" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F971" t="s">
-        <v>33</v>
+        <v>58</v>
       </c>
       <c r="G971" s="1" t="s">
         <v>3497</v>
       </c>
       <c r="H971" t="s">
         <v>3498</v>
       </c>
     </row>
     <row r="972" spans="1:8">
       <c r="A972" t="s">
         <v>3499</v>
       </c>
       <c r="B972" t="s">
         <v>9</v>
       </c>
       <c r="C972" t="s">
-        <v>1289</v>
+        <v>1285</v>
       </c>
       <c r="D972" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E972" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F972" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="G972" s="1" t="s">
         <v>3500</v>
       </c>
       <c r="H972" t="s">
         <v>3501</v>
       </c>
     </row>
     <row r="973" spans="1:8">
       <c r="A973" t="s">
         <v>3502</v>
       </c>
       <c r="B973" t="s">
         <v>9</v>
       </c>
       <c r="C973" t="s">
-        <v>1293</v>
+        <v>1289</v>
       </c>
       <c r="D973" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E973" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F973" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G973" s="1" t="s">
         <v>3503</v>
       </c>
       <c r="H973" t="s">
         <v>3504</v>
       </c>
     </row>
     <row r="974" spans="1:8">
       <c r="A974" t="s">
         <v>3505</v>
       </c>
       <c r="B974" t="s">
         <v>9</v>
       </c>
       <c r="C974" t="s">
-        <v>1297</v>
+        <v>1293</v>
       </c>
       <c r="D974" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E974" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F974" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="G974" s="1" t="s">
         <v>3506</v>
       </c>
       <c r="H974" t="s">
         <v>3507</v>
       </c>
     </row>
     <row r="975" spans="1:8">
       <c r="A975" t="s">
         <v>3508</v>
       </c>
       <c r="B975" t="s">
         <v>9</v>
       </c>
       <c r="C975" t="s">
-        <v>1301</v>
+        <v>1297</v>
       </c>
       <c r="D975" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E975" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F975" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G975" s="1" t="s">
         <v>3509</v>
       </c>
       <c r="H975" t="s">
         <v>3510</v>
       </c>
     </row>
     <row r="976" spans="1:8">
       <c r="A976" t="s">
         <v>3511</v>
       </c>
       <c r="B976" t="s">
         <v>9</v>
       </c>
       <c r="C976" t="s">
-        <v>1305</v>
+        <v>1301</v>
       </c>
       <c r="D976" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E976" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F976" t="s">
-        <v>97</v>
+        <v>48</v>
       </c>
       <c r="G976" s="1" t="s">
         <v>3512</v>
       </c>
       <c r="H976" t="s">
         <v>3513</v>
       </c>
     </row>
     <row r="977" spans="1:8">
       <c r="A977" t="s">
         <v>3514</v>
       </c>
       <c r="B977" t="s">
         <v>9</v>
       </c>
       <c r="C977" t="s">
-        <v>1309</v>
+        <v>1305</v>
       </c>
       <c r="D977" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E977" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F977" t="s">
-        <v>38</v>
+        <v>97</v>
       </c>
       <c r="G977" s="1" t="s">
         <v>3515</v>
       </c>
       <c r="H977" t="s">
         <v>3516</v>
       </c>
     </row>
     <row r="978" spans="1:8">
       <c r="A978" t="s">
         <v>3517</v>
       </c>
       <c r="B978" t="s">
         <v>9</v>
       </c>
       <c r="C978" t="s">
-        <v>1313</v>
+        <v>1309</v>
       </c>
       <c r="D978" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E978" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F978" t="s">
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="G978" s="1" t="s">
         <v>3518</v>
       </c>
       <c r="H978" t="s">
         <v>3519</v>
       </c>
     </row>
     <row r="979" spans="1:8">
       <c r="A979" t="s">
         <v>3520</v>
       </c>
       <c r="B979" t="s">
         <v>9</v>
       </c>
       <c r="C979" t="s">
-        <v>1317</v>
+        <v>1313</v>
       </c>
       <c r="D979" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E979" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F979" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="G979" s="1" t="s">
         <v>3521</v>
       </c>
       <c r="H979" t="s">
         <v>3522</v>
       </c>
     </row>
     <row r="980" spans="1:8">
       <c r="A980" t="s">
         <v>3523</v>
       </c>
       <c r="B980" t="s">
         <v>9</v>
       </c>
       <c r="C980" t="s">
-        <v>1321</v>
+        <v>1317</v>
       </c>
       <c r="D980" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E980" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F980" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G980" s="1" t="s">
         <v>3524</v>
       </c>
       <c r="H980" t="s">
         <v>3525</v>
       </c>
     </row>
     <row r="981" spans="1:8">
       <c r="A981" t="s">
         <v>3526</v>
       </c>
       <c r="B981" t="s">
         <v>9</v>
       </c>
       <c r="C981" t="s">
-        <v>1325</v>
+        <v>1321</v>
       </c>
       <c r="D981" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E981" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F981" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="G981" s="1" t="s">
         <v>3527</v>
       </c>
       <c r="H981" t="s">
         <v>3528</v>
       </c>
     </row>
     <row r="982" spans="1:8">
       <c r="A982" t="s">
         <v>3529</v>
       </c>
       <c r="B982" t="s">
         <v>9</v>
       </c>
       <c r="C982" t="s">
-        <v>1329</v>
+        <v>1325</v>
       </c>
       <c r="D982" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E982" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F982" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="G982" s="1" t="s">
         <v>3530</v>
       </c>
       <c r="H982" t="s">
         <v>3531</v>
       </c>
     </row>
     <row r="983" spans="1:8">
       <c r="A983" t="s">
         <v>3532</v>
       </c>
       <c r="B983" t="s">
         <v>9</v>
       </c>
       <c r="C983" t="s">
-        <v>1333</v>
+        <v>1329</v>
       </c>
       <c r="D983" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E983" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F983" t="s">
-        <v>2609</v>
+        <v>28</v>
       </c>
       <c r="G983" s="1" t="s">
         <v>3533</v>
       </c>
       <c r="H983" t="s">
         <v>3534</v>
       </c>
     </row>
     <row r="984" spans="1:8">
       <c r="A984" t="s">
         <v>3535</v>
       </c>
       <c r="B984" t="s">
         <v>9</v>
       </c>
       <c r="C984" t="s">
-        <v>1337</v>
+        <v>1333</v>
       </c>
       <c r="D984" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E984" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F984" t="s">
-        <v>53</v>
+        <v>2612</v>
       </c>
       <c r="G984" s="1" t="s">
         <v>3536</v>
       </c>
       <c r="H984" t="s">
         <v>3537</v>
       </c>
     </row>
     <row r="985" spans="1:8">
       <c r="A985" t="s">
         <v>3538</v>
       </c>
       <c r="B985" t="s">
         <v>9</v>
       </c>
       <c r="C985" t="s">
-        <v>1341</v>
+        <v>1337</v>
       </c>
       <c r="D985" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E985" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F985" t="s">
-        <v>97</v>
+        <v>53</v>
       </c>
       <c r="G985" s="1" t="s">
         <v>3539</v>
       </c>
       <c r="H985" t="s">
         <v>3540</v>
       </c>
     </row>
     <row r="986" spans="1:8">
       <c r="A986" t="s">
         <v>3541</v>
       </c>
       <c r="B986" t="s">
         <v>9</v>
       </c>
       <c r="C986" t="s">
-        <v>1345</v>
+        <v>1341</v>
       </c>
       <c r="D986" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E986" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F986" t="s">
-        <v>43</v>
+        <v>97</v>
       </c>
       <c r="G986" s="1" t="s">
         <v>3542</v>
       </c>
       <c r="H986" t="s">
         <v>3543</v>
       </c>
     </row>
     <row r="987" spans="1:8">
       <c r="A987" t="s">
         <v>3544</v>
       </c>
       <c r="B987" t="s">
         <v>9</v>
       </c>
       <c r="C987" t="s">
-        <v>1349</v>
+        <v>1345</v>
       </c>
       <c r="D987" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E987" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F987" t="s">
-        <v>48</v>
+        <v>43</v>
       </c>
       <c r="G987" s="1" t="s">
         <v>3545</v>
       </c>
       <c r="H987" t="s">
         <v>3546</v>
       </c>
     </row>
     <row r="988" spans="1:8">
       <c r="A988" t="s">
         <v>3547</v>
       </c>
       <c r="B988" t="s">
         <v>9</v>
       </c>
       <c r="C988" t="s">
-        <v>1353</v>
+        <v>1349</v>
       </c>
       <c r="D988" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E988" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F988" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="G988" s="1" t="s">
         <v>3548</v>
       </c>
       <c r="H988" t="s">
         <v>3549</v>
       </c>
     </row>
     <row r="989" spans="1:8">
       <c r="A989" t="s">
         <v>3550</v>
       </c>
       <c r="B989" t="s">
         <v>9</v>
       </c>
       <c r="C989" t="s">
-        <v>1357</v>
+        <v>1353</v>
       </c>
       <c r="D989" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E989" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F989" t="s">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="G989" s="1" t="s">
         <v>3551</v>
       </c>
       <c r="H989" t="s">
         <v>3552</v>
       </c>
     </row>
     <row r="990" spans="1:8">
       <c r="A990" t="s">
         <v>3553</v>
       </c>
       <c r="B990" t="s">
         <v>9</v>
       </c>
       <c r="C990" t="s">
-        <v>1361</v>
+        <v>1357</v>
       </c>
       <c r="D990" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E990" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F990" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="G990" s="1" t="s">
         <v>3554</v>
       </c>
       <c r="H990" t="s">
         <v>3555</v>
       </c>
     </row>
     <row r="991" spans="1:8">
       <c r="A991" t="s">
         <v>3556</v>
       </c>
       <c r="B991" t="s">
         <v>9</v>
       </c>
       <c r="C991" t="s">
-        <v>1365</v>
+        <v>1361</v>
       </c>
       <c r="D991" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E991" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F991" t="s">
-        <v>1892</v>
+        <v>58</v>
       </c>
       <c r="G991" s="1" t="s">
         <v>3557</v>
       </c>
       <c r="H991" t="s">
         <v>3558</v>
       </c>
     </row>
     <row r="992" spans="1:8">
       <c r="A992" t="s">
         <v>3559</v>
       </c>
       <c r="B992" t="s">
         <v>9</v>
       </c>
       <c r="C992" t="s">
-        <v>1369</v>
+        <v>1365</v>
       </c>
       <c r="D992" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E992" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F992" t="s">
-        <v>13</v>
+        <v>1892</v>
       </c>
       <c r="G992" s="1" t="s">
         <v>3560</v>
       </c>
       <c r="H992" t="s">
         <v>3561</v>
       </c>
     </row>
     <row r="993" spans="1:8">
       <c r="A993" t="s">
         <v>3562</v>
       </c>
       <c r="B993" t="s">
         <v>9</v>
       </c>
       <c r="C993" t="s">
-        <v>1373</v>
+        <v>1369</v>
       </c>
       <c r="D993" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E993" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F993" t="s">
+        <v>13</v>
+      </c>
+      <c r="G993" s="1" t="s">
         <v>3563</v>
       </c>
-      <c r="G993" s="1" t="s">
+      <c r="H993" t="s">
         <v>3564</v>
-      </c>
-[...1 lines deleted...]
-        <v>3565</v>
       </c>
     </row>
     <row r="994" spans="1:8">
       <c r="A994" t="s">
+        <v>3565</v>
+      </c>
+      <c r="B994" t="s">
+        <v>9</v>
+      </c>
+      <c r="C994" t="s">
+        <v>1373</v>
+      </c>
+      <c r="D994" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E994" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F994" t="s">
         <v>3566</v>
-      </c>
-[...13 lines deleted...]
-        <v>23</v>
       </c>
       <c r="G994" s="1" t="s">
         <v>3567</v>
       </c>
       <c r="H994" t="s">
         <v>3568</v>
       </c>
     </row>
     <row r="995" spans="1:8">
       <c r="A995" t="s">
         <v>3569</v>
       </c>
       <c r="B995" t="s">
         <v>9</v>
       </c>
       <c r="C995" t="s">
-        <v>1381</v>
+        <v>1377</v>
       </c>
       <c r="D995" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E995" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F995" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="G995" s="1" t="s">
         <v>3570</v>
       </c>
       <c r="H995" t="s">
         <v>3571</v>
       </c>
     </row>
     <row r="996" spans="1:8">
       <c r="A996" t="s">
         <v>3572</v>
       </c>
       <c r="B996" t="s">
         <v>9</v>
       </c>
       <c r="C996" t="s">
-        <v>1385</v>
+        <v>1381</v>
       </c>
       <c r="D996" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E996" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F996" t="s">
-        <v>97</v>
+        <v>53</v>
       </c>
       <c r="G996" s="1" t="s">
         <v>3573</v>
       </c>
       <c r="H996" t="s">
         <v>3574</v>
       </c>
     </row>
     <row r="997" spans="1:8">
       <c r="A997" t="s">
         <v>3575</v>
       </c>
       <c r="B997" t="s">
         <v>9</v>
       </c>
       <c r="C997" t="s">
-        <v>1389</v>
+        <v>1385</v>
       </c>
       <c r="D997" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E997" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F997" t="s">
-        <v>28</v>
+        <v>97</v>
       </c>
       <c r="G997" s="1" t="s">
         <v>3576</v>
       </c>
       <c r="H997" t="s">
         <v>3577</v>
       </c>
     </row>
     <row r="998" spans="1:8">
       <c r="A998" t="s">
         <v>3578</v>
       </c>
       <c r="B998" t="s">
         <v>9</v>
       </c>
       <c r="C998" t="s">
-        <v>1393</v>
+        <v>1389</v>
       </c>
       <c r="D998" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E998" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F998" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="G998" s="1" t="s">
         <v>3579</v>
       </c>
       <c r="H998" t="s">
         <v>3580</v>
       </c>
     </row>
     <row r="999" spans="1:8">
       <c r="A999" t="s">
         <v>3581</v>
       </c>
       <c r="B999" t="s">
         <v>9</v>
       </c>
       <c r="C999" t="s">
-        <v>1397</v>
+        <v>1393</v>
       </c>
       <c r="D999" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E999" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F999" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="G999" s="1" t="s">
         <v>3582</v>
       </c>
       <c r="H999" t="s">
         <v>3583</v>
       </c>
     </row>
     <row r="1000" spans="1:8">
       <c r="A1000" t="s">
         <v>3584</v>
       </c>
       <c r="B1000" t="s">
         <v>9</v>
       </c>
       <c r="C1000" t="s">
-        <v>1401</v>
+        <v>1397</v>
       </c>
       <c r="D1000" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1000" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1000" t="s">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="G1000" s="1" t="s">
         <v>3585</v>
       </c>
       <c r="H1000" t="s">
         <v>3586</v>
       </c>
     </row>
     <row r="1001" spans="1:8">
       <c r="A1001" t="s">
         <v>3587</v>
       </c>
       <c r="B1001" t="s">
         <v>9</v>
       </c>
       <c r="C1001" t="s">
-        <v>1405</v>
+        <v>1401</v>
       </c>
       <c r="D1001" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1001" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1001" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="G1001" s="1" t="s">
         <v>3588</v>
       </c>
       <c r="H1001" t="s">
         <v>3589</v>
       </c>
     </row>
     <row r="1002" spans="1:8">
       <c r="A1002" t="s">
         <v>3590</v>
       </c>
       <c r="B1002" t="s">
         <v>9</v>
       </c>
       <c r="C1002" t="s">
-        <v>1409</v>
+        <v>1405</v>
       </c>
       <c r="D1002" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1002" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1002" t="s">
-        <v>58</v>
+        <v>48</v>
       </c>
       <c r="G1002" s="1" t="s">
         <v>3591</v>
       </c>
       <c r="H1002" t="s">
         <v>3592</v>
       </c>
     </row>
     <row r="1003" spans="1:8">
       <c r="A1003" t="s">
         <v>3593</v>
       </c>
       <c r="B1003" t="s">
         <v>9</v>
       </c>
       <c r="C1003" t="s">
-        <v>1413</v>
+        <v>1409</v>
       </c>
       <c r="D1003" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1003" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1003" t="s">
-        <v>63</v>
+        <v>58</v>
       </c>
       <c r="G1003" s="1" t="s">
         <v>3594</v>
       </c>
       <c r="H1003" t="s">
         <v>3595</v>
       </c>
     </row>
     <row r="1004" spans="1:8">
       <c r="A1004" t="s">
         <v>3596</v>
       </c>
       <c r="B1004" t="s">
         <v>9</v>
       </c>
       <c r="C1004" t="s">
-        <v>1417</v>
+        <v>1413</v>
       </c>
       <c r="D1004" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1004" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1004" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="G1004" s="1" t="s">
         <v>3597</v>
       </c>
       <c r="H1004" t="s">
         <v>3598</v>
       </c>
     </row>
     <row r="1005" spans="1:8">
       <c r="A1005" t="s">
         <v>3599</v>
       </c>
       <c r="B1005" t="s">
         <v>9</v>
       </c>
       <c r="C1005" t="s">
-        <v>1421</v>
+        <v>1417</v>
       </c>
       <c r="D1005" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1005" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1005" t="s">
-        <v>13</v>
+        <v>76</v>
       </c>
       <c r="G1005" s="1" t="s">
         <v>3600</v>
       </c>
       <c r="H1005" t="s">
         <v>3601</v>
       </c>
     </row>
     <row r="1006" spans="1:8">
       <c r="A1006" t="s">
         <v>3602</v>
       </c>
       <c r="B1006" t="s">
         <v>9</v>
       </c>
       <c r="C1006" t="s">
-        <v>1425</v>
+        <v>1421</v>
       </c>
       <c r="D1006" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1006" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1006" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G1006" s="1" t="s">
         <v>3603</v>
       </c>
       <c r="H1006" t="s">
         <v>3604</v>
       </c>
     </row>
     <row r="1007" spans="1:8">
       <c r="A1007" t="s">
         <v>3605</v>
       </c>
       <c r="B1007" t="s">
         <v>9</v>
       </c>
       <c r="C1007" t="s">
-        <v>1429</v>
+        <v>1425</v>
       </c>
       <c r="D1007" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1007" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1007" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G1007" s="1" t="s">
         <v>3606</v>
       </c>
       <c r="H1007" t="s">
         <v>3607</v>
       </c>
     </row>
     <row r="1008" spans="1:8">
       <c r="A1008" t="s">
         <v>3608</v>
       </c>
       <c r="B1008" t="s">
         <v>9</v>
       </c>
       <c r="C1008" t="s">
-        <v>1433</v>
+        <v>1429</v>
       </c>
       <c r="D1008" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1008" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1008" t="s">
-        <v>28</v>
+        <v>18</v>
       </c>
       <c r="G1008" s="1" t="s">
         <v>3609</v>
       </c>
       <c r="H1008" t="s">
         <v>3610</v>
       </c>
     </row>
     <row r="1009" spans="1:8">
       <c r="A1009" t="s">
         <v>3611</v>
       </c>
       <c r="B1009" t="s">
         <v>9</v>
       </c>
       <c r="C1009" t="s">
-        <v>1437</v>
+        <v>1433</v>
       </c>
       <c r="D1009" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1009" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1009" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="G1009" s="1" t="s">
         <v>3612</v>
       </c>
       <c r="H1009" t="s">
         <v>3613</v>
       </c>
     </row>
     <row r="1010" spans="1:8">
       <c r="A1010" t="s">
         <v>3614</v>
       </c>
       <c r="B1010" t="s">
         <v>9</v>
       </c>
       <c r="C1010" t="s">
-        <v>1441</v>
+        <v>1437</v>
       </c>
       <c r="D1010" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1010" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1010" t="s">
-        <v>97</v>
+        <v>43</v>
       </c>
       <c r="G1010" s="1" t="s">
         <v>3615</v>
       </c>
       <c r="H1010" t="s">
         <v>3616</v>
       </c>
     </row>
     <row r="1011" spans="1:8">
       <c r="A1011" t="s">
         <v>3617</v>
       </c>
       <c r="B1011" t="s">
         <v>9</v>
       </c>
       <c r="C1011" t="s">
-        <v>1445</v>
+        <v>1441</v>
       </c>
       <c r="D1011" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1011" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1011" t="s">
-        <v>13</v>
+        <v>97</v>
       </c>
       <c r="G1011" s="1" t="s">
         <v>3618</v>
       </c>
       <c r="H1011" t="s">
         <v>3619</v>
       </c>
     </row>
     <row r="1012" spans="1:8">
       <c r="A1012" t="s">
         <v>3620</v>
       </c>
       <c r="B1012" t="s">
         <v>9</v>
       </c>
       <c r="C1012" t="s">
-        <v>1449</v>
+        <v>1445</v>
       </c>
       <c r="D1012" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1012" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1012" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
       <c r="G1012" s="1" t="s">
         <v>3621</v>
       </c>
       <c r="H1012" t="s">
         <v>3622</v>
       </c>
     </row>
     <row r="1013" spans="1:8">
       <c r="A1013" t="s">
         <v>3623</v>
       </c>
       <c r="B1013" t="s">
         <v>9</v>
       </c>
       <c r="C1013" t="s">
-        <v>1453</v>
+        <v>1449</v>
       </c>
       <c r="D1013" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1013" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1013" t="s">
-        <v>18</v>
+        <v>58</v>
       </c>
       <c r="G1013" s="1" t="s">
         <v>3624</v>
       </c>
       <c r="H1013" t="s">
         <v>3625</v>
       </c>
     </row>
     <row r="1014" spans="1:8">
       <c r="A1014" t="s">
         <v>3626</v>
       </c>
       <c r="B1014" t="s">
         <v>9</v>
       </c>
       <c r="C1014" t="s">
-        <v>1457</v>
+        <v>1453</v>
       </c>
       <c r="D1014" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1014" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1014" t="s">
-        <v>33</v>
+        <v>18</v>
       </c>
       <c r="G1014" s="1" t="s">
         <v>3627</v>
       </c>
       <c r="H1014" t="s">
         <v>3628</v>
       </c>
     </row>
     <row r="1015" spans="1:8">
       <c r="A1015" t="s">
         <v>3629</v>
       </c>
       <c r="B1015" t="s">
         <v>9</v>
       </c>
       <c r="C1015" t="s">
-        <v>1461</v>
+        <v>1457</v>
       </c>
       <c r="D1015" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1015" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1015" t="s">
-        <v>76</v>
+        <v>33</v>
       </c>
       <c r="G1015" s="1" t="s">
         <v>3630</v>
       </c>
       <c r="H1015" t="s">
         <v>3631</v>
       </c>
     </row>
     <row r="1016" spans="1:8">
       <c r="A1016" t="s">
         <v>3632</v>
       </c>
       <c r="B1016" t="s">
         <v>9</v>
       </c>
       <c r="C1016" t="s">
-        <v>1465</v>
+        <v>1461</v>
       </c>
       <c r="D1016" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1016" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1016" t="s">
-        <v>63</v>
+        <v>76</v>
       </c>
       <c r="G1016" s="1" t="s">
         <v>3633</v>
       </c>
       <c r="H1016" t="s">
         <v>3634</v>
       </c>
     </row>
     <row r="1017" spans="1:8">
       <c r="A1017" t="s">
         <v>3635</v>
       </c>
       <c r="B1017" t="s">
         <v>9</v>
       </c>
       <c r="C1017" t="s">
-        <v>1469</v>
+        <v>1465</v>
       </c>
       <c r="D1017" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1017" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1017" t="s">
-        <v>2464</v>
+        <v>63</v>
       </c>
       <c r="G1017" s="1" t="s">
         <v>3636</v>
       </c>
       <c r="H1017" t="s">
         <v>3637</v>
       </c>
     </row>
     <row r="1018" spans="1:8">
       <c r="A1018" t="s">
         <v>3638</v>
       </c>
       <c r="B1018" t="s">
         <v>9</v>
       </c>
       <c r="C1018" t="s">
-        <v>1473</v>
+        <v>1469</v>
       </c>
       <c r="D1018" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1018" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1018" t="s">
-        <v>38</v>
+        <v>2467</v>
       </c>
       <c r="G1018" s="1" t="s">
         <v>3639</v>
       </c>
       <c r="H1018" t="s">
         <v>3640</v>
       </c>
     </row>
     <row r="1019" spans="1:8">
       <c r="A1019" t="s">
         <v>3641</v>
       </c>
       <c r="B1019" t="s">
         <v>9</v>
       </c>
       <c r="C1019" t="s">
-        <v>1477</v>
+        <v>1473</v>
       </c>
       <c r="D1019" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1019" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1019" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="G1019" s="1" t="s">
         <v>3642</v>
       </c>
       <c r="H1019" t="s">
         <v>3643</v>
       </c>
     </row>
     <row r="1020" spans="1:8">
       <c r="A1020" t="s">
         <v>3644</v>
       </c>
       <c r="B1020" t="s">
         <v>9</v>
       </c>
       <c r="C1020" t="s">
-        <v>1481</v>
+        <v>1477</v>
       </c>
       <c r="D1020" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1020" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1020" t="s">
-        <v>53</v>
+        <v>23</v>
       </c>
       <c r="G1020" s="1" t="s">
         <v>3645</v>
       </c>
       <c r="H1020" t="s">
         <v>3646</v>
       </c>
     </row>
     <row r="1021" spans="1:8">
       <c r="A1021" t="s">
         <v>3647</v>
       </c>
       <c r="B1021" t="s">
         <v>9</v>
       </c>
       <c r="C1021" t="s">
-        <v>1485</v>
+        <v>1481</v>
       </c>
       <c r="D1021" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1021" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1021" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="G1021" s="1" t="s">
         <v>3648</v>
       </c>
       <c r="H1021" t="s">
         <v>3649</v>
       </c>
     </row>
     <row r="1022" spans="1:8">
       <c r="A1022" t="s">
         <v>3650</v>
       </c>
       <c r="B1022" t="s">
         <v>9</v>
       </c>
       <c r="C1022" t="s">
-        <v>1489</v>
+        <v>1485</v>
       </c>
       <c r="D1022" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1022" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1022" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="G1022" s="1" t="s">
         <v>3651</v>
       </c>
       <c r="H1022" t="s">
         <v>3652</v>
       </c>
     </row>
     <row r="1023" spans="1:8">
       <c r="A1023" t="s">
         <v>3653</v>
       </c>
       <c r="B1023" t="s">
         <v>9</v>
       </c>
       <c r="C1023" t="s">
-        <v>1494</v>
+        <v>1489</v>
       </c>
       <c r="D1023" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1023" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1023" t="s">
-        <v>222</v>
+        <v>28</v>
       </c>
       <c r="G1023" s="1" t="s">
         <v>3654</v>
       </c>
       <c r="H1023" t="s">
         <v>3655</v>
       </c>
     </row>
     <row r="1024" spans="1:8">
       <c r="A1024" t="s">
         <v>3656</v>
       </c>
       <c r="B1024" t="s">
         <v>9</v>
       </c>
       <c r="C1024" t="s">
-        <v>1498</v>
+        <v>1494</v>
       </c>
       <c r="D1024" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1024" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1024" t="s">
-        <v>48</v>
+        <v>222</v>
       </c>
       <c r="G1024" s="1" t="s">
         <v>3657</v>
       </c>
       <c r="H1024" t="s">
         <v>3658</v>
       </c>
     </row>
     <row r="1025" spans="1:8">
       <c r="A1025" t="s">
         <v>3659</v>
       </c>
       <c r="B1025" t="s">
         <v>9</v>
       </c>
       <c r="C1025" t="s">
-        <v>1502</v>
+        <v>1498</v>
       </c>
       <c r="D1025" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1025" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1025" t="s">
+        <v>48</v>
+      </c>
+      <c r="G1025" s="1" t="s">
         <v>3660</v>
       </c>
-      <c r="G1025" s="1" t="s">
+      <c r="H1025" t="s">
         <v>3661</v>
-      </c>
-[...1 lines deleted...]
-        <v>3662</v>
       </c>
     </row>
     <row r="1026" spans="1:8">
       <c r="A1026" t="s">
+        <v>3662</v>
+      </c>
+      <c r="B1026" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1026" t="s">
+        <v>1502</v>
+      </c>
+      <c r="D1026" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E1026" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F1026" t="s">
         <v>3663</v>
-      </c>
-[...13 lines deleted...]
-        <v>58</v>
       </c>
       <c r="G1026" s="1" t="s">
         <v>3664</v>
       </c>
       <c r="H1026" t="s">
         <v>3665</v>
       </c>
     </row>
     <row r="1027" spans="1:8">
       <c r="A1027" t="s">
         <v>3666</v>
       </c>
       <c r="B1027" t="s">
         <v>9</v>
       </c>
       <c r="C1027" t="s">
-        <v>1510</v>
+        <v>1506</v>
       </c>
       <c r="D1027" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1027" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1027" t="s">
-        <v>97</v>
+        <v>58</v>
       </c>
       <c r="G1027" s="1" t="s">
         <v>3667</v>
       </c>
       <c r="H1027" t="s">
         <v>3668</v>
       </c>
     </row>
     <row r="1028" spans="1:8">
       <c r="A1028" t="s">
         <v>3669</v>
       </c>
       <c r="B1028" t="s">
         <v>9</v>
       </c>
       <c r="C1028" t="s">
-        <v>1514</v>
+        <v>1510</v>
       </c>
       <c r="D1028" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1028" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1028" t="s">
-        <v>43</v>
+        <v>97</v>
       </c>
       <c r="G1028" s="1" t="s">
         <v>3670</v>
       </c>
       <c r="H1028" t="s">
         <v>3671</v>
       </c>
     </row>
     <row r="1029" spans="1:8">
       <c r="A1029" t="s">
         <v>3672</v>
       </c>
       <c r="B1029" t="s">
         <v>9</v>
       </c>
       <c r="C1029" t="s">
-        <v>1518</v>
+        <v>1514</v>
       </c>
       <c r="D1029" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1029" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1029" t="s">
-        <v>76</v>
+        <v>43</v>
       </c>
       <c r="G1029" s="1" t="s">
         <v>3673</v>
       </c>
       <c r="H1029" t="s">
         <v>3674</v>
       </c>
     </row>
     <row r="1030" spans="1:8">
       <c r="A1030" t="s">
         <v>3675</v>
       </c>
       <c r="B1030" t="s">
         <v>9</v>
       </c>
       <c r="C1030" t="s">
-        <v>1522</v>
+        <v>1518</v>
       </c>
       <c r="D1030" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1030" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1030" t="s">
-        <v>38</v>
+        <v>76</v>
       </c>
       <c r="G1030" s="1" t="s">
         <v>3676</v>
       </c>
       <c r="H1030" t="s">
         <v>3677</v>
       </c>
     </row>
     <row r="1031" spans="1:8">
       <c r="A1031" t="s">
         <v>3678</v>
       </c>
       <c r="B1031" t="s">
         <v>9</v>
       </c>
       <c r="C1031" t="s">
-        <v>1526</v>
+        <v>1522</v>
       </c>
       <c r="D1031" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1031" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1031" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="G1031" s="1" t="s">
         <v>3679</v>
       </c>
       <c r="H1031" t="s">
         <v>3680</v>
       </c>
     </row>
     <row r="1032" spans="1:8">
       <c r="A1032" t="s">
         <v>3681</v>
       </c>
       <c r="B1032" t="s">
         <v>9</v>
       </c>
       <c r="C1032" t="s">
-        <v>1530</v>
+        <v>1526</v>
       </c>
       <c r="D1032" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1032" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1032" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="G1032" s="1" t="s">
         <v>3682</v>
       </c>
       <c r="H1032" t="s">
         <v>3683</v>
       </c>
     </row>
     <row r="1033" spans="1:8">
       <c r="A1033" t="s">
         <v>3684</v>
       </c>
       <c r="B1033" t="s">
         <v>9</v>
       </c>
       <c r="C1033" t="s">
-        <v>1534</v>
+        <v>1530</v>
       </c>
       <c r="D1033" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1033" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1033" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="G1033" s="1" t="s">
         <v>3685</v>
       </c>
       <c r="H1033" t="s">
         <v>3686</v>
       </c>
     </row>
     <row r="1034" spans="1:8">
       <c r="A1034" t="s">
         <v>3687</v>
       </c>
       <c r="B1034" t="s">
         <v>9</v>
       </c>
       <c r="C1034" t="s">
-        <v>1538</v>
+        <v>1534</v>
       </c>
       <c r="D1034" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1034" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1034" t="s">
+        <v>63</v>
+      </c>
+      <c r="G1034" s="1" t="s">
         <v>3688</v>
       </c>
-      <c r="G1034" s="1" t="s">
+      <c r="H1034" t="s">
         <v>3689</v>
-      </c>
-[...1 lines deleted...]
-        <v>3690</v>
       </c>
     </row>
     <row r="1035" spans="1:8">
       <c r="A1035" t="s">
+        <v>3690</v>
+      </c>
+      <c r="B1035" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1035" t="s">
+        <v>1538</v>
+      </c>
+      <c r="D1035" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E1035" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F1035" t="s">
         <v>3691</v>
-      </c>
-[...13 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G1035" s="1" t="s">
         <v>3692</v>
       </c>
       <c r="H1035" t="s">
         <v>3693</v>
       </c>
     </row>
     <row r="1036" spans="1:8">
       <c r="A1036" t="s">
         <v>3694</v>
       </c>
       <c r="B1036" t="s">
         <v>9</v>
       </c>
       <c r="C1036" t="s">
-        <v>1546</v>
+        <v>1542</v>
       </c>
       <c r="D1036" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1036" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1036" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G1036" s="1" t="s">
         <v>3695</v>
       </c>
       <c r="H1036" t="s">
         <v>3696</v>
       </c>
     </row>
     <row r="1037" spans="1:8">
       <c r="A1037" t="s">
         <v>3697</v>
       </c>
       <c r="B1037" t="s">
         <v>9</v>
       </c>
       <c r="C1037" t="s">
-        <v>1550</v>
+        <v>1546</v>
       </c>
       <c r="D1037" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1037" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1037" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G1037" s="1" t="s">
         <v>3698</v>
       </c>
       <c r="H1037" t="s">
         <v>3699</v>
       </c>
     </row>
     <row r="1038" spans="1:8">
       <c r="A1038" t="s">
         <v>3700</v>
       </c>
       <c r="B1038" t="s">
         <v>9</v>
       </c>
       <c r="C1038" t="s">
-        <v>1554</v>
+        <v>1550</v>
       </c>
       <c r="D1038" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1038" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1038" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="G1038" s="1" t="s">
         <v>3701</v>
       </c>
       <c r="H1038" t="s">
         <v>3702</v>
       </c>
     </row>
     <row r="1039" spans="1:8">
       <c r="A1039" t="s">
         <v>3703</v>
       </c>
       <c r="B1039" t="s">
         <v>9</v>
       </c>
       <c r="C1039" t="s">
-        <v>1558</v>
+        <v>1554</v>
       </c>
       <c r="D1039" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1039" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1039" t="s">
-        <v>18</v>
+        <v>43</v>
       </c>
       <c r="G1039" s="1" t="s">
         <v>3704</v>
       </c>
       <c r="H1039" t="s">
         <v>3705</v>
       </c>
     </row>
     <row r="1040" spans="1:8">
       <c r="A1040" t="s">
         <v>3706</v>
       </c>
       <c r="B1040" t="s">
         <v>9</v>
       </c>
       <c r="C1040" t="s">
-        <v>1562</v>
+        <v>1558</v>
       </c>
       <c r="D1040" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1040" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1040" t="s">
-        <v>58</v>
+        <v>18</v>
       </c>
       <c r="G1040" s="1" t="s">
         <v>3707</v>
       </c>
       <c r="H1040" t="s">
         <v>3708</v>
       </c>
     </row>
     <row r="1041" spans="1:8">
       <c r="A1041" t="s">
         <v>3709</v>
       </c>
       <c r="B1041" t="s">
         <v>9</v>
       </c>
       <c r="C1041" t="s">
-        <v>1566</v>
+        <v>1562</v>
       </c>
       <c r="D1041" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1041" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1041" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="G1041" s="1" t="s">
         <v>3710</v>
       </c>
       <c r="H1041" t="s">
         <v>3711</v>
       </c>
     </row>
     <row r="1042" spans="1:8">
       <c r="A1042" t="s">
         <v>3712</v>
       </c>
       <c r="B1042" t="s">
         <v>9</v>
       </c>
       <c r="C1042" t="s">
-        <v>1570</v>
+        <v>1566</v>
       </c>
       <c r="D1042" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1042" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1042" t="s">
-        <v>222</v>
+        <v>28</v>
       </c>
       <c r="G1042" s="1" t="s">
         <v>3713</v>
       </c>
       <c r="H1042" t="s">
         <v>3714</v>
       </c>
     </row>
     <row r="1043" spans="1:8">
       <c r="A1043" t="s">
         <v>3715</v>
       </c>
       <c r="B1043" t="s">
         <v>9</v>
       </c>
       <c r="C1043" t="s">
-        <v>1574</v>
+        <v>1570</v>
       </c>
       <c r="D1043" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1043" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1043" t="s">
-        <v>97</v>
+        <v>222</v>
       </c>
       <c r="G1043" s="1" t="s">
         <v>3716</v>
       </c>
       <c r="H1043" t="s">
         <v>3717</v>
       </c>
     </row>
     <row r="1044" spans="1:8">
       <c r="A1044" t="s">
         <v>3718</v>
       </c>
       <c r="B1044" t="s">
         <v>9</v>
       </c>
       <c r="C1044" t="s">
-        <v>1578</v>
+        <v>1574</v>
       </c>
       <c r="D1044" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1044" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1044" t="s">
-        <v>2434</v>
+        <v>97</v>
       </c>
       <c r="G1044" s="1" t="s">
         <v>3719</v>
       </c>
       <c r="H1044" t="s">
         <v>3720</v>
       </c>
     </row>
     <row r="1045" spans="1:8">
       <c r="A1045" t="s">
         <v>3721</v>
       </c>
       <c r="B1045" t="s">
         <v>9</v>
       </c>
       <c r="C1045" t="s">
-        <v>1582</v>
+        <v>1578</v>
       </c>
       <c r="D1045" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1045" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1045" t="s">
-        <v>76</v>
+        <v>2437</v>
       </c>
       <c r="G1045" s="1" t="s">
         <v>3722</v>
       </c>
       <c r="H1045" t="s">
         <v>3723</v>
       </c>
     </row>
     <row r="1046" spans="1:8">
       <c r="A1046" t="s">
         <v>3724</v>
       </c>
       <c r="B1046" t="s">
         <v>9</v>
       </c>
       <c r="C1046" t="s">
-        <v>1586</v>
+        <v>1582</v>
       </c>
       <c r="D1046" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1046" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1046" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="G1046" s="1" t="s">
         <v>3725</v>
       </c>
       <c r="H1046" t="s">
         <v>3726</v>
       </c>
     </row>
     <row r="1047" spans="1:8">
       <c r="A1047" t="s">
         <v>3727</v>
       </c>
       <c r="B1047" t="s">
         <v>9</v>
       </c>
       <c r="C1047" t="s">
-        <v>1590</v>
+        <v>1586</v>
       </c>
       <c r="D1047" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1047" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1047" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="G1047" s="1" t="s">
         <v>3728</v>
       </c>
       <c r="H1047" t="s">
         <v>3729</v>
       </c>
     </row>
     <row r="1048" spans="1:8">
       <c r="A1048" t="s">
         <v>3730</v>
       </c>
       <c r="B1048" t="s">
         <v>9</v>
       </c>
       <c r="C1048" t="s">
-        <v>1594</v>
+        <v>1590</v>
       </c>
       <c r="D1048" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1048" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1048" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="G1048" s="1" t="s">
         <v>3731</v>
       </c>
       <c r="H1048" t="s">
         <v>3732</v>
       </c>
     </row>
     <row r="1049" spans="1:8">
       <c r="A1049" t="s">
         <v>3733</v>
       </c>
       <c r="B1049" t="s">
         <v>9</v>
       </c>
       <c r="C1049" t="s">
-        <v>1598</v>
+        <v>1594</v>
       </c>
       <c r="D1049" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1049" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1049" t="s">
-        <v>53</v>
+        <v>38</v>
       </c>
       <c r="G1049" s="1" t="s">
         <v>3734</v>
       </c>
       <c r="H1049" t="s">
         <v>3735</v>
       </c>
     </row>
     <row r="1050" spans="1:8">
       <c r="A1050" t="s">
         <v>3736</v>
       </c>
       <c r="B1050" t="s">
         <v>9</v>
       </c>
       <c r="C1050" t="s">
-        <v>1602</v>
+        <v>1598</v>
       </c>
       <c r="D1050" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1050" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1050" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="G1050" s="1" t="s">
         <v>3737</v>
       </c>
       <c r="H1050" t="s">
         <v>3738</v>
       </c>
     </row>
     <row r="1051" spans="1:8">
       <c r="A1051" t="s">
         <v>3739</v>
       </c>
       <c r="B1051" t="s">
         <v>9</v>
       </c>
       <c r="C1051" t="s">
-        <v>1606</v>
+        <v>1602</v>
       </c>
       <c r="D1051" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1051" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1051" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="G1051" s="1" t="s">
         <v>3740</v>
       </c>
       <c r="H1051" t="s">
         <v>3741</v>
       </c>
     </row>
     <row r="1052" spans="1:8">
       <c r="A1052" t="s">
         <v>3742</v>
       </c>
       <c r="B1052" t="s">
         <v>9</v>
       </c>
       <c r="C1052" t="s">
-        <v>1610</v>
+        <v>1606</v>
       </c>
       <c r="D1052" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1052" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1052" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G1052" s="1" t="s">
         <v>3743</v>
       </c>
       <c r="H1052" t="s">
         <v>3744</v>
       </c>
     </row>
     <row r="1053" spans="1:8">
       <c r="A1053" t="s">
         <v>3745</v>
       </c>
       <c r="B1053" t="s">
         <v>9</v>
       </c>
       <c r="C1053" t="s">
-        <v>1614</v>
+        <v>1610</v>
       </c>
       <c r="D1053" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1053" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1053" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="G1053" s="1" t="s">
         <v>3746</v>
       </c>
       <c r="H1053" t="s">
         <v>3747</v>
       </c>
     </row>
     <row r="1054" spans="1:8">
       <c r="A1054" t="s">
         <v>3748</v>
       </c>
       <c r="B1054" t="s">
         <v>9</v>
       </c>
       <c r="C1054" t="s">
-        <v>1618</v>
+        <v>1614</v>
       </c>
       <c r="D1054" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1054" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1054" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G1054" s="1" t="s">
         <v>3749</v>
       </c>
       <c r="H1054" t="s">
         <v>3750</v>
       </c>
     </row>
     <row r="1055" spans="1:8">
       <c r="A1055" t="s">
         <v>3751</v>
       </c>
       <c r="B1055" t="s">
         <v>9</v>
       </c>
       <c r="C1055" t="s">
-        <v>1622</v>
+        <v>1618</v>
       </c>
       <c r="D1055" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1055" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1055" t="s">
-        <v>97</v>
+        <v>43</v>
       </c>
       <c r="G1055" s="1" t="s">
         <v>3752</v>
       </c>
       <c r="H1055" t="s">
         <v>3753</v>
       </c>
     </row>
     <row r="1056" spans="1:8">
       <c r="A1056" t="s">
         <v>3754</v>
       </c>
       <c r="B1056" t="s">
         <v>9</v>
       </c>
       <c r="C1056" t="s">
-        <v>1626</v>
+        <v>1622</v>
       </c>
       <c r="D1056" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1056" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1056" t="s">
-        <v>33</v>
+        <v>97</v>
       </c>
       <c r="G1056" s="1" t="s">
         <v>3755</v>
       </c>
       <c r="H1056" t="s">
         <v>3756</v>
       </c>
     </row>
     <row r="1057" spans="1:8">
       <c r="A1057" t="s">
         <v>3757</v>
       </c>
       <c r="B1057" t="s">
         <v>9</v>
       </c>
       <c r="C1057" t="s">
-        <v>1630</v>
+        <v>1626</v>
       </c>
       <c r="D1057" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1057" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1057" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="G1057" s="1" t="s">
         <v>3758</v>
       </c>
       <c r="H1057" t="s">
         <v>3759</v>
       </c>
     </row>
     <row r="1058" spans="1:8">
       <c r="A1058" t="s">
         <v>3760</v>
       </c>
       <c r="B1058" t="s">
         <v>9</v>
       </c>
       <c r="C1058" t="s">
-        <v>1634</v>
+        <v>1630</v>
       </c>
       <c r="D1058" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1058" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1058" t="s">
-        <v>38</v>
+        <v>28</v>
       </c>
       <c r="G1058" s="1" t="s">
         <v>3761</v>
       </c>
       <c r="H1058" t="s">
         <v>3762</v>
       </c>
     </row>
     <row r="1059" spans="1:8">
       <c r="A1059" t="s">
         <v>3763</v>
       </c>
       <c r="B1059" t="s">
         <v>9</v>
       </c>
       <c r="C1059" t="s">
-        <v>1638</v>
+        <v>1634</v>
       </c>
       <c r="D1059" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1059" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1059" t="s">
-        <v>58</v>
+        <v>38</v>
       </c>
       <c r="G1059" s="1" t="s">
         <v>3764</v>
       </c>
       <c r="H1059" t="s">
         <v>3765</v>
       </c>
     </row>
     <row r="1060" spans="1:8">
       <c r="A1060" t="s">
         <v>3766</v>
       </c>
       <c r="B1060" t="s">
         <v>9</v>
       </c>
       <c r="C1060" t="s">
-        <v>1642</v>
+        <v>1638</v>
       </c>
       <c r="D1060" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1060" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1060" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="G1060" s="1" t="s">
         <v>3767</v>
       </c>
       <c r="H1060" t="s">
         <v>3768</v>
       </c>
     </row>
     <row r="1061" spans="1:8">
       <c r="A1061" t="s">
         <v>3769</v>
       </c>
       <c r="B1061" t="s">
         <v>9</v>
       </c>
       <c r="C1061" t="s">
-        <v>1646</v>
+        <v>1642</v>
       </c>
       <c r="D1061" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1061" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1061" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="G1061" s="1" t="s">
         <v>3770</v>
       </c>
       <c r="H1061" t="s">
         <v>3771</v>
       </c>
     </row>
     <row r="1062" spans="1:8">
       <c r="A1062" t="s">
         <v>3772</v>
       </c>
       <c r="B1062" t="s">
         <v>9</v>
       </c>
       <c r="C1062" t="s">
-        <v>1650</v>
+        <v>1646</v>
       </c>
       <c r="D1062" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1062" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1062" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="G1062" s="1" t="s">
         <v>3773</v>
       </c>
       <c r="H1062" t="s">
         <v>3774</v>
       </c>
     </row>
     <row r="1063" spans="1:8">
       <c r="A1063" t="s">
         <v>3775</v>
       </c>
       <c r="B1063" t="s">
         <v>9</v>
       </c>
       <c r="C1063" t="s">
-        <v>1654</v>
+        <v>1650</v>
       </c>
       <c r="D1063" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1063" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1063" t="s">
+        <v>76</v>
+      </c>
+      <c r="G1063" s="1" t="s">
         <v>3776</v>
       </c>
-      <c r="G1063" s="1" t="s">
+      <c r="H1063" t="s">
         <v>3777</v>
-      </c>
-[...1 lines deleted...]
-        <v>3778</v>
       </c>
     </row>
     <row r="1064" spans="1:8">
       <c r="A1064" t="s">
+        <v>3778</v>
+      </c>
+      <c r="B1064" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1064" t="s">
+        <v>1654</v>
+      </c>
+      <c r="D1064" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E1064" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F1064" t="s">
         <v>3779</v>
-      </c>
-[...13 lines deleted...]
-        <v>2474</v>
       </c>
       <c r="G1064" s="1" t="s">
         <v>3780</v>
       </c>
       <c r="H1064" t="s">
         <v>3781</v>
       </c>
     </row>
     <row r="1065" spans="1:8">
       <c r="A1065" t="s">
         <v>3782</v>
       </c>
       <c r="B1065" t="s">
         <v>9</v>
       </c>
       <c r="C1065" t="s">
-        <v>1662</v>
+        <v>1658</v>
       </c>
       <c r="D1065" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1065" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1065" t="s">
-        <v>23</v>
+        <v>2477</v>
       </c>
       <c r="G1065" s="1" t="s">
         <v>3783</v>
       </c>
       <c r="H1065" t="s">
         <v>3784</v>
       </c>
     </row>
     <row r="1066" spans="1:8">
       <c r="A1066" t="s">
         <v>3785</v>
       </c>
       <c r="B1066" t="s">
         <v>9</v>
       </c>
       <c r="C1066" t="s">
-        <v>1666</v>
+        <v>1662</v>
       </c>
       <c r="D1066" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1066" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1066" t="s">
-        <v>63</v>
+        <v>23</v>
       </c>
       <c r="G1066" s="1" t="s">
         <v>3786</v>
       </c>
       <c r="H1066" t="s">
         <v>3787</v>
       </c>
     </row>
     <row r="1067" spans="1:8">
       <c r="A1067" t="s">
         <v>3788</v>
       </c>
       <c r="B1067" t="s">
         <v>9</v>
       </c>
       <c r="C1067" t="s">
-        <v>1670</v>
+        <v>1666</v>
       </c>
       <c r="D1067" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1067" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1067" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="G1067" s="1" t="s">
         <v>3789</v>
       </c>
       <c r="H1067" t="s">
         <v>3790</v>
       </c>
     </row>
     <row r="1068" spans="1:8">
       <c r="A1068" t="s">
         <v>3791</v>
       </c>
       <c r="B1068" t="s">
         <v>9</v>
       </c>
       <c r="C1068" t="s">
-        <v>1674</v>
+        <v>1670</v>
       </c>
       <c r="D1068" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1068" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1068" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G1068" s="1" t="s">
         <v>3792</v>
       </c>
       <c r="H1068" t="s">
         <v>3793</v>
       </c>
     </row>
     <row r="1069" spans="1:8">
       <c r="A1069" t="s">
         <v>3794</v>
       </c>
       <c r="B1069" t="s">
         <v>9</v>
       </c>
       <c r="C1069" t="s">
-        <v>1678</v>
+        <v>1674</v>
       </c>
       <c r="D1069" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1069" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1069" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="G1069" s="1" t="s">
         <v>3795</v>
       </c>
       <c r="H1069" t="s">
         <v>3796</v>
       </c>
     </row>
     <row r="1070" spans="1:8">
       <c r="A1070" t="s">
         <v>3797</v>
       </c>
       <c r="B1070" t="s">
         <v>9</v>
       </c>
       <c r="C1070" t="s">
-        <v>1682</v>
+        <v>1678</v>
       </c>
       <c r="D1070" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1070" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1070" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="G1070" s="1" t="s">
         <v>3798</v>
       </c>
       <c r="H1070" t="s">
         <v>3799</v>
       </c>
     </row>
     <row r="1071" spans="1:8">
       <c r="A1071" t="s">
         <v>3800</v>
       </c>
       <c r="B1071" t="s">
         <v>9</v>
       </c>
       <c r="C1071" t="s">
-        <v>1686</v>
+        <v>1682</v>
       </c>
       <c r="D1071" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1071" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1071" t="s">
-        <v>97</v>
+        <v>76</v>
       </c>
       <c r="G1071" s="1" t="s">
         <v>3801</v>
       </c>
       <c r="H1071" t="s">
         <v>3802</v>
       </c>
     </row>
     <row r="1072" spans="1:8">
       <c r="A1072" t="s">
         <v>3803</v>
       </c>
       <c r="B1072" t="s">
         <v>9</v>
       </c>
       <c r="C1072" t="s">
-        <v>1690</v>
+        <v>1686</v>
       </c>
       <c r="D1072" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1072" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1072" t="s">
-        <v>33</v>
+        <v>97</v>
       </c>
       <c r="G1072" s="1" t="s">
         <v>3804</v>
       </c>
       <c r="H1072" t="s">
         <v>3805</v>
       </c>
     </row>
     <row r="1073" spans="1:8">
       <c r="A1073" t="s">
         <v>3806</v>
       </c>
       <c r="B1073" t="s">
         <v>9</v>
       </c>
       <c r="C1073" t="s">
-        <v>1694</v>
+        <v>1690</v>
       </c>
       <c r="D1073" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1073" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1073" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="G1073" s="1" t="s">
         <v>3807</v>
       </c>
       <c r="H1073" t="s">
         <v>3808</v>
       </c>
     </row>
     <row r="1074" spans="1:8">
       <c r="A1074" t="s">
         <v>3809</v>
       </c>
       <c r="B1074" t="s">
         <v>9</v>
       </c>
       <c r="C1074" t="s">
-        <v>1698</v>
+        <v>1694</v>
       </c>
       <c r="D1074" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1074" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1074" t="s">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="G1074" s="1" t="s">
         <v>3810</v>
       </c>
       <c r="H1074" t="s">
         <v>3811</v>
       </c>
     </row>
     <row r="1075" spans="1:8">
       <c r="A1075" t="s">
         <v>3812</v>
       </c>
       <c r="B1075" t="s">
         <v>9</v>
       </c>
       <c r="C1075" t="s">
-        <v>1702</v>
+        <v>1698</v>
       </c>
       <c r="D1075" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1075" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1075" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="G1075" s="1" t="s">
         <v>3813</v>
       </c>
       <c r="H1075" t="s">
         <v>3814</v>
       </c>
     </row>
     <row r="1076" spans="1:8">
       <c r="A1076" t="s">
         <v>3815</v>
       </c>
       <c r="B1076" t="s">
         <v>9</v>
       </c>
       <c r="C1076" t="s">
-        <v>1706</v>
+        <v>1702</v>
       </c>
       <c r="D1076" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1076" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1076" t="s">
-        <v>2464</v>
+        <v>48</v>
       </c>
       <c r="G1076" s="1" t="s">
         <v>3816</v>
       </c>
       <c r="H1076" t="s">
         <v>3817</v>
       </c>
     </row>
     <row r="1077" spans="1:8">
       <c r="A1077" t="s">
         <v>3818</v>
       </c>
       <c r="B1077" t="s">
         <v>9</v>
       </c>
       <c r="C1077" t="s">
-        <v>1710</v>
+        <v>1706</v>
       </c>
       <c r="D1077" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1077" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1077" t="s">
-        <v>13</v>
+        <v>2467</v>
       </c>
       <c r="G1077" s="1" t="s">
         <v>3819</v>
       </c>
       <c r="H1077" t="s">
         <v>3820</v>
       </c>
     </row>
     <row r="1078" spans="1:8">
       <c r="A1078" t="s">
         <v>3821</v>
       </c>
       <c r="B1078" t="s">
         <v>9</v>
       </c>
       <c r="C1078" t="s">
-        <v>1714</v>
+        <v>1710</v>
       </c>
       <c r="D1078" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1078" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1078" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="G1078" s="1" t="s">
         <v>3822</v>
       </c>
       <c r="H1078" t="s">
         <v>3823</v>
       </c>
     </row>
     <row r="1079" spans="1:8">
       <c r="A1079" t="s">
         <v>3824</v>
       </c>
       <c r="B1079" t="s">
         <v>9</v>
       </c>
       <c r="C1079" t="s">
-        <v>1718</v>
+        <v>1714</v>
       </c>
       <c r="D1079" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1079" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1079" t="s">
-        <v>23</v>
+        <v>38</v>
       </c>
       <c r="G1079" s="1" t="s">
         <v>3825</v>
       </c>
       <c r="H1079" t="s">
         <v>3826</v>
       </c>
     </row>
     <row r="1080" spans="1:8">
       <c r="A1080" t="s">
         <v>3827</v>
       </c>
       <c r="B1080" t="s">
         <v>9</v>
       </c>
       <c r="C1080" t="s">
-        <v>1722</v>
+        <v>1718</v>
       </c>
       <c r="D1080" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1080" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1080" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="G1080" s="1" t="s">
         <v>3828</v>
       </c>
       <c r="H1080" t="s">
         <v>3829</v>
       </c>
     </row>
     <row r="1081" spans="1:8">
       <c r="A1081" t="s">
         <v>3830</v>
       </c>
       <c r="B1081" t="s">
         <v>9</v>
       </c>
       <c r="C1081" t="s">
-        <v>1726</v>
+        <v>1722</v>
       </c>
       <c r="D1081" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1081" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1081" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1081" s="1" t="s">
         <v>3831</v>
       </c>
-      <c r="G1081" s="1" t="s">
+      <c r="H1081" t="s">
         <v>3832</v>
-      </c>
-[...1 lines deleted...]
-        <v>3833</v>
       </c>
     </row>
     <row r="1082" spans="1:8">
       <c r="A1082" t="s">
+        <v>3833</v>
+      </c>
+      <c r="B1082" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1082" t="s">
+        <v>1726</v>
+      </c>
+      <c r="D1082" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E1082" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F1082" t="s">
         <v>3834</v>
-      </c>
-[...13 lines deleted...]
-        <v>18</v>
       </c>
       <c r="G1082" s="1" t="s">
         <v>3835</v>
       </c>
       <c r="H1082" t="s">
         <v>3836</v>
       </c>
     </row>
     <row r="1083" spans="1:8">
       <c r="A1083" t="s">
         <v>3837</v>
       </c>
       <c r="B1083" t="s">
         <v>9</v>
       </c>
       <c r="C1083" t="s">
-        <v>1734</v>
+        <v>1730</v>
       </c>
       <c r="D1083" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1083" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1083" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="G1083" s="1" t="s">
         <v>3838</v>
       </c>
       <c r="H1083" t="s">
         <v>3839</v>
       </c>
     </row>
     <row r="1084" spans="1:8">
       <c r="A1084" t="s">
         <v>3840</v>
       </c>
       <c r="B1084" t="s">
         <v>9</v>
       </c>
       <c r="C1084" t="s">
-        <v>1738</v>
+        <v>1734</v>
       </c>
       <c r="D1084" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1084" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1084" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="G1084" s="1" t="s">
         <v>3841</v>
       </c>
       <c r="H1084" t="s">
         <v>3842</v>
       </c>
     </row>
     <row r="1085" spans="1:8">
       <c r="A1085" t="s">
         <v>3843</v>
       </c>
       <c r="B1085" t="s">
         <v>9</v>
       </c>
       <c r="C1085" t="s">
-        <v>1742</v>
+        <v>1738</v>
       </c>
       <c r="D1085" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1085" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1085" t="s">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="G1085" s="1" t="s">
         <v>3844</v>
       </c>
       <c r="H1085" t="s">
         <v>3845</v>
       </c>
     </row>
     <row r="1086" spans="1:8">
       <c r="A1086" t="s">
         <v>3846</v>
       </c>
       <c r="B1086" t="s">
         <v>9</v>
       </c>
       <c r="C1086" t="s">
-        <v>1746</v>
+        <v>1742</v>
       </c>
       <c r="D1086" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1086" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1086" t="s">
-        <v>888</v>
+        <v>28</v>
       </c>
       <c r="G1086" s="1" t="s">
         <v>3847</v>
       </c>
       <c r="H1086" t="s">
         <v>3848</v>
       </c>
     </row>
     <row r="1087" spans="1:8">
       <c r="A1087" t="s">
         <v>3849</v>
       </c>
       <c r="B1087" t="s">
         <v>9</v>
       </c>
       <c r="C1087" t="s">
-        <v>1750</v>
+        <v>1746</v>
       </c>
       <c r="D1087" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1087" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1087" t="s">
-        <v>33</v>
+        <v>888</v>
       </c>
       <c r="G1087" s="1" t="s">
         <v>3850</v>
       </c>
       <c r="H1087" t="s">
         <v>3851</v>
       </c>
     </row>
     <row r="1088" spans="1:8">
       <c r="A1088" t="s">
         <v>3852</v>
       </c>
       <c r="B1088" t="s">
         <v>9</v>
       </c>
       <c r="C1088" t="s">
-        <v>1754</v>
+        <v>1750</v>
       </c>
       <c r="D1088" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1088" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1088" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="G1088" s="1" t="s">
         <v>3853</v>
       </c>
       <c r="H1088" t="s">
         <v>3854</v>
       </c>
     </row>
     <row r="1089" spans="1:8">
       <c r="A1089" t="s">
         <v>3855</v>
       </c>
       <c r="B1089" t="s">
         <v>9</v>
       </c>
       <c r="C1089" t="s">
-        <v>1758</v>
+        <v>1754</v>
       </c>
       <c r="D1089" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1089" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1089" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="G1089" s="1" t="s">
         <v>3856</v>
       </c>
       <c r="H1089" t="s">
         <v>3857</v>
       </c>
     </row>
     <row r="1090" spans="1:8">
       <c r="A1090" t="s">
         <v>3858</v>
       </c>
       <c r="B1090" t="s">
         <v>9</v>
       </c>
       <c r="C1090" t="s">
-        <v>1762</v>
+        <v>1758</v>
       </c>
       <c r="D1090" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1090" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1090" t="s">
-        <v>97</v>
+        <v>58</v>
       </c>
       <c r="G1090" s="1" t="s">
         <v>3859</v>
       </c>
       <c r="H1090" t="s">
         <v>3860</v>
       </c>
     </row>
     <row r="1091" spans="1:8">
       <c r="A1091" t="s">
         <v>3861</v>
       </c>
       <c r="B1091" t="s">
         <v>9</v>
       </c>
       <c r="C1091" t="s">
-        <v>1766</v>
+        <v>1762</v>
       </c>
       <c r="D1091" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1091" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1091" t="s">
-        <v>48</v>
+        <v>97</v>
       </c>
       <c r="G1091" s="1" t="s">
         <v>3862</v>
       </c>
       <c r="H1091" t="s">
         <v>3863</v>
       </c>
     </row>
     <row r="1092" spans="1:8">
       <c r="A1092" t="s">
         <v>3864</v>
       </c>
       <c r="B1092" t="s">
         <v>9</v>
       </c>
       <c r="C1092" t="s">
-        <v>1770</v>
+        <v>1766</v>
       </c>
       <c r="D1092" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1092" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1092" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="G1092" s="1" t="s">
         <v>3865</v>
       </c>
       <c r="H1092" t="s">
         <v>3866</v>
       </c>
     </row>
     <row r="1093" spans="1:8">
       <c r="A1093" t="s">
         <v>3867</v>
       </c>
       <c r="B1093" t="s">
         <v>9</v>
       </c>
       <c r="C1093" t="s">
-        <v>1774</v>
+        <v>1770</v>
       </c>
       <c r="D1093" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1093" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1093" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G1093" s="1" t="s">
         <v>3868</v>
       </c>
       <c r="H1093" t="s">
         <v>3869</v>
       </c>
     </row>
     <row r="1094" spans="1:8">
       <c r="A1094" t="s">
         <v>3870</v>
       </c>
       <c r="B1094" t="s">
         <v>9</v>
       </c>
       <c r="C1094" t="s">
-        <v>1778</v>
+        <v>1774</v>
       </c>
       <c r="D1094" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1094" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1094" t="s">
-        <v>38</v>
+        <v>13</v>
       </c>
       <c r="G1094" s="1" t="s">
         <v>3871</v>
       </c>
       <c r="H1094" t="s">
         <v>3872</v>
       </c>
     </row>
     <row r="1095" spans="1:8">
       <c r="A1095" t="s">
         <v>3873</v>
       </c>
       <c r="B1095" t="s">
         <v>9</v>
       </c>
       <c r="C1095" t="s">
-        <v>1782</v>
+        <v>1778</v>
       </c>
       <c r="D1095" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1095" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1095" t="s">
-        <v>63</v>
+        <v>38</v>
       </c>
       <c r="G1095" s="1" t="s">
         <v>3874</v>
       </c>
       <c r="H1095" t="s">
         <v>3875</v>
       </c>
     </row>
     <row r="1096" spans="1:8">
       <c r="A1096" t="s">
         <v>3876</v>
       </c>
       <c r="B1096" t="s">
         <v>9</v>
       </c>
       <c r="C1096" t="s">
-        <v>1785</v>
+        <v>1782</v>
       </c>
       <c r="D1096" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1096" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1096" t="s">
-        <v>1892</v>
+        <v>63</v>
       </c>
       <c r="G1096" s="1" t="s">
         <v>3877</v>
       </c>
       <c r="H1096" t="s">
         <v>3878</v>
       </c>
     </row>
     <row r="1097" spans="1:8">
       <c r="A1097" t="s">
         <v>3879</v>
       </c>
       <c r="B1097" t="s">
         <v>9</v>
       </c>
       <c r="C1097" t="s">
-        <v>1789</v>
+        <v>1785</v>
       </c>
       <c r="D1097" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1097" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1097" t="s">
-        <v>18</v>
+        <v>1892</v>
       </c>
       <c r="G1097" s="1" t="s">
         <v>3880</v>
       </c>
       <c r="H1097" t="s">
         <v>3881</v>
       </c>
     </row>
     <row r="1098" spans="1:8">
       <c r="A1098" t="s">
         <v>3882</v>
       </c>
       <c r="B1098" t="s">
         <v>9</v>
       </c>
       <c r="C1098" t="s">
-        <v>1793</v>
+        <v>1789</v>
       </c>
       <c r="D1098" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1098" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1098" t="s">
-        <v>43</v>
+        <v>18</v>
       </c>
       <c r="G1098" s="1" t="s">
         <v>3883</v>
       </c>
       <c r="H1098" t="s">
         <v>3884</v>
       </c>
     </row>
     <row r="1099" spans="1:8">
       <c r="A1099" t="s">
         <v>3885</v>
       </c>
       <c r="B1099" t="s">
         <v>9</v>
       </c>
       <c r="C1099" t="s">
-        <v>1797</v>
+        <v>1793</v>
       </c>
       <c r="D1099" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1099" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1099" t="s">
-        <v>97</v>
+        <v>43</v>
       </c>
       <c r="G1099" s="1" t="s">
         <v>3886</v>
       </c>
       <c r="H1099" t="s">
         <v>3887</v>
       </c>
     </row>
     <row r="1100" spans="1:8">
       <c r="A1100" t="s">
         <v>3888</v>
       </c>
       <c r="B1100" t="s">
         <v>9</v>
       </c>
       <c r="C1100" t="s">
-        <v>1801</v>
+        <v>1797</v>
       </c>
       <c r="D1100" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1100" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1100" t="s">
+        <v>97</v>
+      </c>
+      <c r="G1100" s="1" t="s">
         <v>3889</v>
       </c>
-      <c r="G1100" s="1" t="s">
+      <c r="H1100" t="s">
         <v>3890</v>
-      </c>
-[...1 lines deleted...]
-        <v>3891</v>
       </c>
     </row>
     <row r="1101" spans="1:8">
       <c r="A1101" t="s">
+        <v>3891</v>
+      </c>
+      <c r="B1101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1101" t="s">
+        <v>1801</v>
+      </c>
+      <c r="D1101" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E1101" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F1101" t="s">
         <v>3892</v>
-      </c>
-[...13 lines deleted...]
-        <v>53</v>
       </c>
       <c r="G1101" s="1" t="s">
         <v>3893</v>
       </c>
       <c r="H1101" t="s">
         <v>3894</v>
       </c>
     </row>
     <row r="1102" spans="1:8">
       <c r="A1102" t="s">
         <v>3895</v>
       </c>
       <c r="B1102" t="s">
         <v>9</v>
       </c>
       <c r="C1102" t="s">
-        <v>1810</v>
+        <v>1805</v>
       </c>
       <c r="D1102" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1102" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1102" t="s">
-        <v>28</v>
+        <v>53</v>
       </c>
       <c r="G1102" s="1" t="s">
         <v>3896</v>
       </c>
       <c r="H1102" t="s">
         <v>3897</v>
       </c>
     </row>
     <row r="1103" spans="1:8">
       <c r="A1103" t="s">
         <v>3898</v>
       </c>
       <c r="B1103" t="s">
         <v>9</v>
       </c>
       <c r="C1103" t="s">
-        <v>1814</v>
+        <v>1810</v>
       </c>
       <c r="D1103" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1103" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1103" t="s">
-        <v>48</v>
+        <v>28</v>
       </c>
       <c r="G1103" s="1" t="s">
         <v>3899</v>
       </c>
       <c r="H1103" t="s">
         <v>3900</v>
       </c>
     </row>
     <row r="1104" spans="1:8">
       <c r="A1104" t="s">
         <v>3901</v>
       </c>
       <c r="B1104" t="s">
         <v>9</v>
       </c>
       <c r="C1104" t="s">
-        <v>1818</v>
+        <v>1814</v>
       </c>
       <c r="D1104" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1104" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1104" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="G1104" s="1" t="s">
         <v>3902</v>
       </c>
       <c r="H1104" t="s">
         <v>3903</v>
       </c>
     </row>
     <row r="1105" spans="1:8">
       <c r="A1105" t="s">
         <v>3904</v>
       </c>
       <c r="B1105" t="s">
         <v>9</v>
       </c>
       <c r="C1105" t="s">
-        <v>1822</v>
+        <v>1818</v>
       </c>
       <c r="D1105" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1105" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1105" t="s">
-        <v>58</v>
+        <v>76</v>
       </c>
       <c r="G1105" s="1" t="s">
         <v>3905</v>
       </c>
       <c r="H1105" t="s">
         <v>3906</v>
       </c>
     </row>
     <row r="1106" spans="1:8">
       <c r="A1106" t="s">
         <v>3907</v>
       </c>
       <c r="B1106" t="s">
         <v>9</v>
       </c>
       <c r="C1106" t="s">
-        <v>1826</v>
+        <v>1822</v>
       </c>
       <c r="D1106" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1106" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1106" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="G1106" s="1" t="s">
         <v>3908</v>
       </c>
       <c r="H1106" t="s">
         <v>3909</v>
       </c>
     </row>
     <row r="1107" spans="1:8">
       <c r="A1107" t="s">
         <v>3910</v>
       </c>
       <c r="B1107" t="s">
         <v>9</v>
       </c>
       <c r="C1107" t="s">
-        <v>1830</v>
+        <v>1826</v>
       </c>
       <c r="D1107" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1107" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1107" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="G1107" s="1" t="s">
         <v>3911</v>
       </c>
       <c r="H1107" t="s">
         <v>3912</v>
       </c>
     </row>
     <row r="1108" spans="1:8">
       <c r="A1108" t="s">
         <v>3913</v>
       </c>
       <c r="B1108" t="s">
         <v>9</v>
       </c>
       <c r="C1108" t="s">
-        <v>1834</v>
+        <v>1830</v>
       </c>
       <c r="D1108" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1108" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1108" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="G1108" s="1" t="s">
         <v>3914</v>
       </c>
       <c r="H1108" t="s">
         <v>3915</v>
       </c>
     </row>
     <row r="1109" spans="1:8">
       <c r="A1109" t="s">
         <v>3916</v>
       </c>
       <c r="B1109" t="s">
         <v>9</v>
       </c>
       <c r="C1109" t="s">
-        <v>1838</v>
+        <v>1834</v>
       </c>
       <c r="D1109" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1109" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1109" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="G1109" s="1" t="s">
         <v>3917</v>
       </c>
       <c r="H1109" t="s">
         <v>3918</v>
       </c>
     </row>
     <row r="1110" spans="1:8">
       <c r="A1110" t="s">
         <v>3919</v>
       </c>
       <c r="B1110" t="s">
         <v>9</v>
       </c>
       <c r="C1110" t="s">
-        <v>1842</v>
+        <v>1838</v>
       </c>
       <c r="D1110" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1110" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1110" t="s">
-        <v>53</v>
+        <v>13</v>
       </c>
       <c r="G1110" s="1" t="s">
         <v>3920</v>
       </c>
       <c r="H1110" t="s">
         <v>3921</v>
       </c>
     </row>
     <row r="1111" spans="1:8">
       <c r="A1111" t="s">
         <v>3922</v>
       </c>
       <c r="B1111" t="s">
         <v>9</v>
       </c>
       <c r="C1111" t="s">
-        <v>1846</v>
+        <v>1842</v>
       </c>
       <c r="D1111" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1111" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1111" t="s">
-        <v>97</v>
+        <v>53</v>
       </c>
       <c r="G1111" s="1" t="s">
         <v>3923</v>
       </c>
       <c r="H1111" t="s">
         <v>3924</v>
       </c>
     </row>
     <row r="1112" spans="1:8">
       <c r="A1112" t="s">
         <v>3925</v>
       </c>
       <c r="B1112" t="s">
         <v>9</v>
       </c>
       <c r="C1112" t="s">
-        <v>1850</v>
+        <v>1846</v>
       </c>
       <c r="D1112" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1112" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1112" t="s">
-        <v>58</v>
+        <v>97</v>
       </c>
       <c r="G1112" s="1" t="s">
         <v>3926</v>
       </c>
       <c r="H1112" t="s">
         <v>3927</v>
       </c>
     </row>
     <row r="1113" spans="1:8">
       <c r="A1113" t="s">
         <v>3928</v>
       </c>
       <c r="B1113" t="s">
         <v>9</v>
       </c>
       <c r="C1113" t="s">
-        <v>1854</v>
+        <v>1850</v>
       </c>
       <c r="D1113" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1113" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1113" t="s">
-        <v>28</v>
+        <v>58</v>
       </c>
       <c r="G1113" s="1" t="s">
         <v>3929</v>
       </c>
       <c r="H1113" t="s">
         <v>3930</v>
       </c>
     </row>
     <row r="1114" spans="1:8">
       <c r="A1114" t="s">
         <v>3931</v>
       </c>
       <c r="B1114" t="s">
         <v>9</v>
       </c>
       <c r="C1114" t="s">
-        <v>1858</v>
+        <v>1854</v>
       </c>
       <c r="D1114" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1114" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1114" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="G1114" s="1" t="s">
         <v>3932</v>
       </c>
       <c r="H1114" t="s">
         <v>3933</v>
       </c>
     </row>
     <row r="1115" spans="1:8">
       <c r="A1115" t="s">
         <v>3934</v>
       </c>
       <c r="B1115" t="s">
         <v>9</v>
       </c>
       <c r="C1115" t="s">
-        <v>1862</v>
+        <v>1858</v>
       </c>
       <c r="D1115" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1115" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1115" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="G1115" s="1" t="s">
         <v>3935</v>
       </c>
       <c r="H1115" t="s">
         <v>3936</v>
       </c>
     </row>
     <row r="1116" spans="1:8">
       <c r="A1116" t="s">
         <v>3937</v>
       </c>
       <c r="B1116" t="s">
         <v>9</v>
       </c>
       <c r="C1116" t="s">
-        <v>1866</v>
+        <v>1862</v>
       </c>
       <c r="D1116" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1116" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1116" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="G1116" s="1" t="s">
         <v>3938</v>
       </c>
       <c r="H1116" t="s">
         <v>3939</v>
       </c>
     </row>
     <row r="1117" spans="1:8">
       <c r="A1117" t="s">
         <v>3940</v>
       </c>
       <c r="B1117" t="s">
         <v>9</v>
       </c>
       <c r="C1117" t="s">
-        <v>1870</v>
+        <v>1866</v>
       </c>
       <c r="D1117" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1117" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1117" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="G1117" s="1" t="s">
         <v>3941</v>
       </c>
       <c r="H1117" t="s">
         <v>3942</v>
       </c>
     </row>
     <row r="1118" spans="1:8">
       <c r="A1118" t="s">
         <v>3943</v>
       </c>
       <c r="B1118" t="s">
         <v>9</v>
       </c>
       <c r="C1118" t="s">
-        <v>1874</v>
+        <v>1870</v>
       </c>
       <c r="D1118" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1118" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1118" t="s">
-        <v>48</v>
+        <v>33</v>
       </c>
       <c r="G1118" s="1" t="s">
         <v>3944</v>
       </c>
       <c r="H1118" t="s">
         <v>3945</v>
       </c>
     </row>
     <row r="1119" spans="1:8">
       <c r="A1119" t="s">
         <v>3946</v>
       </c>
       <c r="B1119" t="s">
         <v>9</v>
       </c>
       <c r="C1119" t="s">
-        <v>1878</v>
+        <v>1874</v>
       </c>
       <c r="D1119" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1119" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1119" t="s">
-        <v>38</v>
+        <v>48</v>
       </c>
       <c r="G1119" s="1" t="s">
         <v>3947</v>
       </c>
       <c r="H1119" t="s">
         <v>3948</v>
       </c>
     </row>
     <row r="1120" spans="1:8">
       <c r="A1120" t="s">
         <v>3949</v>
       </c>
       <c r="B1120" t="s">
         <v>9</v>
       </c>
       <c r="C1120" t="s">
-        <v>1882</v>
+        <v>1878</v>
       </c>
       <c r="D1120" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1120" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1120" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="G1120" s="1" t="s">
         <v>3950</v>
       </c>
       <c r="H1120" t="s">
         <v>3951</v>
       </c>
     </row>
     <row r="1121" spans="1:8">
       <c r="A1121" t="s">
         <v>3952</v>
       </c>
       <c r="B1121" t="s">
         <v>9</v>
       </c>
       <c r="C1121" t="s">
-        <v>1887</v>
+        <v>1882</v>
       </c>
       <c r="D1121" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1121" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1121" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="G1121" s="1" t="s">
         <v>3953</v>
       </c>
       <c r="H1121" t="s">
         <v>3954</v>
       </c>
     </row>
     <row r="1122" spans="1:8">
       <c r="A1122" t="s">
         <v>3955</v>
       </c>
       <c r="B1122" t="s">
         <v>9</v>
       </c>
       <c r="C1122" t="s">
-        <v>1891</v>
+        <v>1887</v>
       </c>
       <c r="D1122" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1122" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1122" t="s">
-        <v>23</v>
+        <v>13</v>
       </c>
       <c r="G1122" s="1" t="s">
         <v>3956</v>
       </c>
       <c r="H1122" t="s">
         <v>3957</v>
       </c>
     </row>
     <row r="1123" spans="1:8">
       <c r="A1123" t="s">
         <v>3958</v>
       </c>
       <c r="B1123" t="s">
         <v>9</v>
       </c>
       <c r="C1123" t="s">
-        <v>1896</v>
+        <v>1891</v>
       </c>
       <c r="D1123" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1123" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1123" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="G1123" s="1" t="s">
         <v>3959</v>
       </c>
       <c r="H1123" t="s">
         <v>3960</v>
       </c>
     </row>
     <row r="1124" spans="1:8">
       <c r="A1124" t="s">
         <v>3961</v>
       </c>
       <c r="B1124" t="s">
         <v>9</v>
       </c>
       <c r="C1124" t="s">
-        <v>1900</v>
+        <v>1896</v>
       </c>
       <c r="D1124" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1124" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1124" t="s">
-        <v>53</v>
+        <v>43</v>
       </c>
       <c r="G1124" s="1" t="s">
         <v>3962</v>
       </c>
       <c r="H1124" t="s">
         <v>3963</v>
       </c>
     </row>
     <row r="1125" spans="1:8">
       <c r="A1125" t="s">
         <v>3964</v>
       </c>
       <c r="B1125" t="s">
         <v>9</v>
       </c>
       <c r="C1125" t="s">
-        <v>1904</v>
+        <v>1900</v>
       </c>
       <c r="D1125" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1125" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1125" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="G1125" s="1" t="s">
         <v>3965</v>
       </c>
       <c r="H1125" t="s">
         <v>3966</v>
       </c>
     </row>
     <row r="1126" spans="1:8">
       <c r="A1126" t="s">
         <v>3967</v>
       </c>
       <c r="B1126" t="s">
         <v>9</v>
       </c>
       <c r="C1126" t="s">
-        <v>1908</v>
+        <v>1904</v>
       </c>
       <c r="D1126" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1126" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1126" t="s">
-        <v>28</v>
+        <v>63</v>
       </c>
       <c r="G1126" s="1" t="s">
         <v>3968</v>
       </c>
       <c r="H1126" t="s">
         <v>3969</v>
       </c>
     </row>
     <row r="1127" spans="1:8">
       <c r="A1127" t="s">
         <v>3970</v>
       </c>
       <c r="B1127" t="s">
         <v>9</v>
       </c>
       <c r="C1127" t="s">
-        <v>1912</v>
+        <v>1908</v>
       </c>
       <c r="D1127" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1127" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1127" t="s">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="G1127" s="1" t="s">
         <v>3971</v>
       </c>
       <c r="H1127" t="s">
         <v>3972</v>
       </c>
     </row>
     <row r="1128" spans="1:8">
       <c r="A1128" t="s">
         <v>3973</v>
       </c>
       <c r="B1128" t="s">
         <v>9</v>
       </c>
       <c r="C1128" t="s">
-        <v>1916</v>
+        <v>1912</v>
       </c>
       <c r="D1128" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1128" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1128" t="s">
-        <v>13</v>
+        <v>58</v>
       </c>
       <c r="G1128" s="1" t="s">
         <v>3974</v>
       </c>
       <c r="H1128" t="s">
         <v>3975</v>
       </c>
     </row>
     <row r="1129" spans="1:8">
       <c r="A1129" t="s">
         <v>3976</v>
       </c>
       <c r="B1129" t="s">
         <v>9</v>
       </c>
       <c r="C1129" t="s">
-        <v>1921</v>
+        <v>1916</v>
       </c>
       <c r="D1129" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1129" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1129" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="G1129" s="1" t="s">
         <v>3977</v>
       </c>
       <c r="H1129" t="s">
         <v>3978</v>
       </c>
     </row>
     <row r="1130" spans="1:8">
       <c r="A1130" t="s">
         <v>3979</v>
       </c>
       <c r="B1130" t="s">
         <v>9</v>
       </c>
       <c r="C1130" t="s">
-        <v>1925</v>
+        <v>1921</v>
       </c>
       <c r="D1130" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1130" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1130" t="s">
-        <v>97</v>
+        <v>18</v>
       </c>
       <c r="G1130" s="1" t="s">
         <v>3980</v>
       </c>
       <c r="H1130" t="s">
         <v>3981</v>
       </c>
     </row>
     <row r="1131" spans="1:8">
       <c r="A1131" t="s">
         <v>3982</v>
       </c>
       <c r="B1131" t="s">
         <v>9</v>
       </c>
       <c r="C1131" t="s">
-        <v>1929</v>
+        <v>1925</v>
       </c>
       <c r="D1131" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1131" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1131" t="s">
-        <v>38</v>
+        <v>97</v>
       </c>
       <c r="G1131" s="1" t="s">
         <v>3983</v>
       </c>
       <c r="H1131" t="s">
         <v>3984</v>
       </c>
     </row>
     <row r="1132" spans="1:8">
       <c r="A1132" t="s">
         <v>3985</v>
       </c>
       <c r="B1132" t="s">
         <v>9</v>
       </c>
       <c r="C1132" t="s">
-        <v>1933</v>
+        <v>1929</v>
       </c>
       <c r="D1132" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1132" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1132" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="G1132" s="1" t="s">
         <v>3986</v>
       </c>
       <c r="H1132" t="s">
         <v>3987</v>
       </c>
     </row>
     <row r="1133" spans="1:8">
       <c r="A1133" t="s">
         <v>3988</v>
       </c>
       <c r="B1133" t="s">
         <v>9</v>
       </c>
       <c r="C1133" t="s">
-        <v>1937</v>
+        <v>1933</v>
       </c>
       <c r="D1133" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1133" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1133" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="G1133" s="1" t="s">
         <v>3989</v>
       </c>
       <c r="H1133" t="s">
         <v>3990</v>
       </c>
     </row>
     <row r="1134" spans="1:8">
       <c r="A1134" t="s">
         <v>3991</v>
       </c>
       <c r="B1134" t="s">
         <v>9</v>
       </c>
       <c r="C1134" t="s">
-        <v>1941</v>
+        <v>1937</v>
       </c>
       <c r="D1134" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1134" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1134" t="s">
-        <v>48</v>
+        <v>23</v>
       </c>
       <c r="G1134" s="1" t="s">
         <v>3992</v>
       </c>
       <c r="H1134" t="s">
         <v>3993</v>
       </c>
     </row>
     <row r="1135" spans="1:8">
       <c r="A1135" t="s">
         <v>3994</v>
       </c>
       <c r="B1135" t="s">
         <v>9</v>
       </c>
       <c r="C1135" t="s">
-        <v>1945</v>
+        <v>1941</v>
       </c>
       <c r="D1135" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1135" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1135" t="s">
-        <v>28</v>
+        <v>48</v>
       </c>
       <c r="G1135" s="1" t="s">
         <v>3995</v>
       </c>
       <c r="H1135" t="s">
         <v>3996</v>
       </c>
     </row>
     <row r="1136" spans="1:8">
       <c r="A1136" t="s">
         <v>3997</v>
       </c>
       <c r="B1136" t="s">
         <v>9</v>
       </c>
       <c r="C1136" t="s">
-        <v>1949</v>
+        <v>1945</v>
       </c>
       <c r="D1136" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1136" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1136" t="s">
-        <v>58</v>
+        <v>28</v>
       </c>
       <c r="G1136" s="1" t="s">
         <v>3998</v>
       </c>
       <c r="H1136" t="s">
         <v>3999</v>
       </c>
     </row>
     <row r="1137" spans="1:8">
       <c r="A1137" t="s">
         <v>4000</v>
       </c>
       <c r="B1137" t="s">
         <v>9</v>
       </c>
       <c r="C1137" t="s">
-        <v>1953</v>
+        <v>1949</v>
       </c>
       <c r="D1137" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1137" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1137" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="G1137" s="1" t="s">
         <v>4001</v>
       </c>
       <c r="H1137" t="s">
         <v>4002</v>
       </c>
     </row>
     <row r="1138" spans="1:8">
       <c r="A1138" t="s">
         <v>4003</v>
       </c>
       <c r="B1138" t="s">
         <v>9</v>
       </c>
       <c r="C1138" t="s">
-        <v>1957</v>
+        <v>1953</v>
       </c>
       <c r="D1138" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1138" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1138" t="s">
-        <v>18</v>
+        <v>53</v>
       </c>
       <c r="G1138" s="1" t="s">
         <v>4004</v>
       </c>
       <c r="H1138" t="s">
         <v>4005</v>
       </c>
     </row>
     <row r="1139" spans="1:8">
       <c r="A1139" t="s">
         <v>4006</v>
       </c>
       <c r="B1139" t="s">
         <v>9</v>
       </c>
       <c r="C1139" t="s">
-        <v>1961</v>
+        <v>1957</v>
       </c>
       <c r="D1139" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1139" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1139" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
       <c r="G1139" s="1" t="s">
         <v>4007</v>
       </c>
       <c r="H1139" t="s">
         <v>4008</v>
       </c>
     </row>
     <row r="1140" spans="1:8">
       <c r="A1140" t="s">
         <v>4009</v>
       </c>
       <c r="B1140" t="s">
         <v>9</v>
       </c>
       <c r="C1140" t="s">
-        <v>1965</v>
+        <v>1961</v>
       </c>
       <c r="D1140" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1140" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1140" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="G1140" s="1" t="s">
         <v>4010</v>
       </c>
       <c r="H1140" t="s">
         <v>4011</v>
       </c>
     </row>
     <row r="1141" spans="1:8">
       <c r="A1141" t="s">
         <v>4012</v>
       </c>
       <c r="B1141" t="s">
         <v>9</v>
       </c>
       <c r="C1141" t="s">
-        <v>1969</v>
+        <v>1965</v>
       </c>
       <c r="D1141" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1141" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1141" t="s">
-        <v>1917</v>
+        <v>18</v>
       </c>
       <c r="G1141" s="1" t="s">
         <v>4013</v>
       </c>
       <c r="H1141" t="s">
         <v>4014</v>
       </c>
     </row>
     <row r="1142" spans="1:8">
       <c r="A1142" t="s">
         <v>4015</v>
       </c>
       <c r="B1142" t="s">
         <v>9</v>
       </c>
       <c r="C1142" t="s">
-        <v>1973</v>
+        <v>1969</v>
       </c>
       <c r="D1142" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1142" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1142" t="s">
-        <v>76</v>
+        <v>1917</v>
       </c>
       <c r="G1142" s="1" t="s">
         <v>4016</v>
       </c>
       <c r="H1142" t="s">
         <v>4017</v>
       </c>
     </row>
     <row r="1143" spans="1:8">
       <c r="A1143" t="s">
         <v>4018</v>
       </c>
       <c r="B1143" t="s">
         <v>9</v>
       </c>
       <c r="C1143" t="s">
-        <v>1977</v>
+        <v>1973</v>
       </c>
       <c r="D1143" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1143" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1143" t="s">
-        <v>97</v>
+        <v>76</v>
       </c>
       <c r="G1143" s="1" t="s">
         <v>4019</v>
       </c>
       <c r="H1143" t="s">
         <v>4020</v>
       </c>
     </row>
     <row r="1144" spans="1:8">
       <c r="A1144" t="s">
         <v>4021</v>
       </c>
       <c r="B1144" t="s">
         <v>9</v>
       </c>
       <c r="C1144" t="s">
-        <v>1981</v>
+        <v>1977</v>
       </c>
       <c r="D1144" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1144" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1144" t="s">
-        <v>63</v>
+        <v>97</v>
       </c>
       <c r="G1144" s="1" t="s">
         <v>4022</v>
       </c>
       <c r="H1144" t="s">
         <v>4023</v>
       </c>
     </row>
     <row r="1145" spans="1:8">
       <c r="A1145" t="s">
         <v>4024</v>
       </c>
       <c r="B1145" t="s">
         <v>9</v>
       </c>
       <c r="C1145" t="s">
-        <v>1985</v>
+        <v>1981</v>
       </c>
       <c r="D1145" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1145" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1145" t="s">
+        <v>63</v>
+      </c>
+      <c r="G1145" s="1" t="s">
         <v>4025</v>
       </c>
-      <c r="G1145" s="1" t="s">
+      <c r="H1145" t="s">
         <v>4026</v>
-      </c>
-[...1 lines deleted...]
-        <v>4027</v>
       </c>
     </row>
     <row r="1146" spans="1:8">
       <c r="A1146" t="s">
+        <v>4027</v>
+      </c>
+      <c r="B1146" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1146" t="s">
+        <v>1985</v>
+      </c>
+      <c r="D1146" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E1146" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F1146" t="s">
         <v>4028</v>
-      </c>
-[...13 lines deleted...]
-        <v>13</v>
       </c>
       <c r="G1146" s="1" t="s">
         <v>4029</v>
       </c>
       <c r="H1146" t="s">
         <v>4030</v>
       </c>
     </row>
     <row r="1147" spans="1:8">
       <c r="A1147" t="s">
         <v>4031</v>
       </c>
       <c r="B1147" t="s">
         <v>9</v>
       </c>
       <c r="C1147" t="s">
-        <v>1993</v>
+        <v>1989</v>
       </c>
       <c r="D1147" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1147" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1147" t="s">
         <v>13</v>
       </c>
       <c r="G1147" s="1" t="s">
         <v>4032</v>
       </c>
       <c r="H1147" t="s">
         <v>4033</v>
       </c>
     </row>
     <row r="1148" spans="1:8">
       <c r="A1148" t="s">
         <v>4034</v>
       </c>
       <c r="B1148" t="s">
         <v>9</v>
       </c>
       <c r="C1148" t="s">
-        <v>1997</v>
+        <v>1993</v>
       </c>
       <c r="D1148" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1148" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1148" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="G1148" s="1" t="s">
         <v>4035</v>
       </c>
       <c r="H1148" t="s">
         <v>4036</v>
       </c>
     </row>
     <row r="1149" spans="1:8">
       <c r="A1149" t="s">
         <v>4037</v>
       </c>
       <c r="B1149" t="s">
         <v>9</v>
       </c>
       <c r="C1149" t="s">
-        <v>2001</v>
+        <v>1997</v>
       </c>
       <c r="D1149" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1149" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1149" t="s">
-        <v>23</v>
+        <v>48</v>
       </c>
       <c r="G1149" s="1" t="s">
         <v>4038</v>
       </c>
       <c r="H1149" t="s">
         <v>4039</v>
       </c>
     </row>
     <row r="1150" spans="1:8">
       <c r="A1150" t="s">
         <v>4040</v>
       </c>
       <c r="B1150" t="s">
         <v>9</v>
       </c>
       <c r="C1150" t="s">
-        <v>2005</v>
+        <v>2001</v>
       </c>
       <c r="D1150" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1150" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1150" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="G1150" s="1" t="s">
         <v>4041</v>
       </c>
       <c r="H1150" t="s">
         <v>4042</v>
       </c>
     </row>
     <row r="1151" spans="1:8">
       <c r="A1151" t="s">
         <v>4043</v>
       </c>
       <c r="B1151" t="s">
         <v>9</v>
       </c>
       <c r="C1151" t="s">
-        <v>2009</v>
+        <v>2005</v>
       </c>
       <c r="D1151" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1151" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1151" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="G1151" s="1" t="s">
         <v>4044</v>
       </c>
       <c r="H1151" t="s">
         <v>4045</v>
       </c>
     </row>
     <row r="1152" spans="1:8">
       <c r="A1152" t="s">
         <v>4046</v>
       </c>
       <c r="B1152" t="s">
         <v>9</v>
       </c>
       <c r="C1152" t="s">
-        <v>2013</v>
+        <v>2009</v>
       </c>
       <c r="D1152" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1152" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1152" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="G1152" s="1" t="s">
         <v>4047</v>
       </c>
       <c r="H1152" t="s">
         <v>4048</v>
       </c>
     </row>
     <row r="1153" spans="1:8">
       <c r="A1153" t="s">
         <v>4049</v>
       </c>
       <c r="B1153" t="s">
         <v>9</v>
       </c>
       <c r="C1153" t="s">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="D1153" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1153" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1153" t="s">
+        <v>43</v>
+      </c>
+      <c r="G1153" s="1" t="s">
         <v>4050</v>
       </c>
-      <c r="G1153" s="1" t="s">
+      <c r="H1153" t="s">
         <v>4051</v>
-      </c>
-[...1 lines deleted...]
-        <v>4052</v>
       </c>
     </row>
     <row r="1154" spans="1:8">
       <c r="A1154" t="s">
+        <v>4052</v>
+      </c>
+      <c r="B1154" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1154" t="s">
+        <v>2017</v>
+      </c>
+      <c r="D1154" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E1154" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F1154" t="s">
         <v>4053</v>
-      </c>
-[...13 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G1154" s="1" t="s">
         <v>4054</v>
       </c>
       <c r="H1154" t="s">
         <v>4055</v>
       </c>
     </row>
     <row r="1155" spans="1:8">
       <c r="A1155" t="s">
         <v>4056</v>
       </c>
       <c r="B1155" t="s">
         <v>9</v>
       </c>
       <c r="C1155" t="s">
-        <v>2025</v>
+        <v>2021</v>
       </c>
       <c r="D1155" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1155" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1155" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="G1155" s="1" t="s">
         <v>4057</v>
       </c>
       <c r="H1155" t="s">
         <v>4058</v>
       </c>
     </row>
     <row r="1156" spans="1:8">
       <c r="A1156" t="s">
         <v>4059</v>
       </c>
       <c r="B1156" t="s">
         <v>9</v>
       </c>
       <c r="C1156" t="s">
-        <v>2029</v>
+        <v>2025</v>
       </c>
       <c r="D1156" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1156" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1156" t="s">
-        <v>18</v>
+        <v>97</v>
       </c>
       <c r="G1156" s="1" t="s">
         <v>4060</v>
       </c>
       <c r="H1156" t="s">
         <v>4061</v>
       </c>
     </row>
     <row r="1157" spans="1:8">
       <c r="A1157" t="s">
         <v>4062</v>
       </c>
       <c r="B1157" t="s">
         <v>9</v>
       </c>
       <c r="C1157" t="s">
-        <v>2033</v>
+        <v>2029</v>
       </c>
       <c r="D1157" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1157" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1157" t="s">
-        <v>53</v>
+        <v>18</v>
       </c>
       <c r="G1157" s="1" t="s">
         <v>4063</v>
       </c>
       <c r="H1157" t="s">
         <v>4064</v>
       </c>
     </row>
     <row r="1158" spans="1:8">
       <c r="A1158" t="s">
         <v>4065</v>
       </c>
       <c r="B1158" t="s">
         <v>9</v>
       </c>
       <c r="C1158" t="s">
-        <v>2037</v>
+        <v>2033</v>
       </c>
       <c r="D1158" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1158" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1158" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
       <c r="G1158" s="1" t="s">
         <v>4066</v>
       </c>
       <c r="H1158" t="s">
         <v>4067</v>
       </c>
     </row>
     <row r="1159" spans="1:8">
       <c r="A1159" t="s">
         <v>4068</v>
       </c>
       <c r="B1159" t="s">
         <v>9</v>
       </c>
       <c r="C1159" t="s">
-        <v>2041</v>
+        <v>2037</v>
       </c>
       <c r="D1159" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1159" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1159" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="G1159" s="1" t="s">
         <v>4069</v>
       </c>
       <c r="H1159" t="s">
         <v>4070</v>
       </c>
     </row>
     <row r="1160" spans="1:8">
       <c r="A1160" t="s">
         <v>4071</v>
       </c>
       <c r="B1160" t="s">
         <v>9</v>
       </c>
       <c r="C1160" t="s">
-        <v>2045</v>
+        <v>2041</v>
       </c>
       <c r="D1160" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1160" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1160" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="G1160" s="1" t="s">
         <v>4072</v>
       </c>
       <c r="H1160" t="s">
         <v>4073</v>
       </c>
     </row>
     <row r="1161" spans="1:8">
       <c r="A1161" t="s">
         <v>4074</v>
       </c>
       <c r="B1161" t="s">
         <v>9</v>
       </c>
       <c r="C1161" t="s">
-        <v>2049</v>
+        <v>2045</v>
       </c>
       <c r="D1161" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1161" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1161" t="s">
-        <v>58</v>
+        <v>13</v>
       </c>
       <c r="G1161" s="1" t="s">
         <v>4075</v>
       </c>
       <c r="H1161" t="s">
         <v>4076</v>
       </c>
     </row>
     <row r="1162" spans="1:8">
       <c r="A1162" t="s">
         <v>4077</v>
       </c>
       <c r="B1162" t="s">
         <v>9</v>
       </c>
       <c r="C1162" t="s">
-        <v>2053</v>
+        <v>2049</v>
       </c>
       <c r="D1162" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1162" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1162" t="s">
-        <v>23</v>
+        <v>58</v>
       </c>
       <c r="G1162" s="1" t="s">
         <v>4078</v>
       </c>
       <c r="H1162" t="s">
         <v>4079</v>
       </c>
     </row>
     <row r="1163" spans="1:8">
       <c r="A1163" t="s">
         <v>4080</v>
       </c>
       <c r="B1163" t="s">
         <v>9</v>
       </c>
       <c r="C1163" t="s">
-        <v>2057</v>
+        <v>2053</v>
       </c>
       <c r="D1163" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1163" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1163" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="G1163" s="1" t="s">
         <v>4081</v>
       </c>
       <c r="H1163" t="s">
         <v>4082</v>
       </c>
     </row>
     <row r="1164" spans="1:8">
       <c r="A1164" t="s">
         <v>4083</v>
       </c>
       <c r="B1164" t="s">
         <v>9</v>
       </c>
       <c r="C1164" t="s">
-        <v>2061</v>
+        <v>2057</v>
       </c>
       <c r="D1164" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1164" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1164" t="s">
-        <v>97</v>
+        <v>28</v>
       </c>
       <c r="G1164" s="1" t="s">
         <v>4084</v>
       </c>
       <c r="H1164" t="s">
         <v>4085</v>
       </c>
     </row>
     <row r="1165" spans="1:8">
       <c r="A1165" t="s">
         <v>4086</v>
       </c>
       <c r="B1165" t="s">
         <v>9</v>
       </c>
       <c r="C1165" t="s">
-        <v>2065</v>
+        <v>2061</v>
       </c>
       <c r="D1165" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1165" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1165" t="s">
-        <v>58</v>
+        <v>97</v>
       </c>
       <c r="G1165" s="1" t="s">
         <v>4087</v>
       </c>
       <c r="H1165" t="s">
         <v>4088</v>
       </c>
     </row>
     <row r="1166" spans="1:8">
       <c r="A1166" t="s">
         <v>4089</v>
       </c>
       <c r="B1166" t="s">
         <v>9</v>
       </c>
       <c r="C1166" t="s">
-        <v>2069</v>
+        <v>2065</v>
       </c>
       <c r="D1166" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1166" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1166" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="G1166" s="1" t="s">
         <v>4090</v>
       </c>
       <c r="H1166" t="s">
         <v>4091</v>
       </c>
     </row>
     <row r="1167" spans="1:8">
       <c r="A1167" t="s">
         <v>4092</v>
       </c>
       <c r="B1167" t="s">
         <v>9</v>
       </c>
       <c r="C1167" t="s">
-        <v>2073</v>
+        <v>2069</v>
       </c>
       <c r="D1167" t="s">
-        <v>2559</v>
+        <v>2562</v>
       </c>
       <c r="E1167" t="s">
-        <v>2560</v>
+        <v>2563</v>
       </c>
       <c r="F1167" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="G1167" s="1" t="s">
         <v>4093</v>
       </c>
       <c r="H1167" t="s">
         <v>4094</v>
       </c>
     </row>
     <row r="1168" spans="1:8">
       <c r="A1168" t="s">
         <v>4095</v>
       </c>
       <c r="B1168" t="s">
         <v>9</v>
       </c>
       <c r="C1168" t="s">
+        <v>2073</v>
+      </c>
+      <c r="D1168" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E1168" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F1168" t="s">
+        <v>38</v>
+      </c>
+      <c r="G1168" s="1" t="s">
         <v>4096</v>
       </c>
-      <c r="D1168" t="s">
-[...8 lines deleted...]
-      <c r="G1168" s="1" t="s">
+      <c r="H1168" t="s">
         <v>4097</v>
-      </c>
-[...1 lines deleted...]
-        <v>4098</v>
       </c>
     </row>
     <row r="1169" spans="1:8">
       <c r="A1169" t="s">
+        <v>4098</v>
+      </c>
+      <c r="B1169" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1169" t="s">
         <v>4099</v>
       </c>
-      <c r="B1169" t="s">
-[...2 lines deleted...]
-      <c r="C1169" t="s">
+      <c r="D1169" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E1169" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F1169" t="s">
+        <v>33</v>
+      </c>
+      <c r="G1169" s="1" t="s">
         <v>4100</v>
       </c>
-      <c r="D1169" t="s">
-[...8 lines deleted...]
-      <c r="G1169" s="1" t="s">
+      <c r="H1169" t="s">
         <v>4101</v>
-      </c>
-[...1 lines deleted...]
-        <v>4102</v>
       </c>
     </row>
     <row r="1170" spans="1:8">
       <c r="A1170" t="s">
+        <v>4102</v>
+      </c>
+      <c r="B1170" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1170" t="s">
         <v>4103</v>
       </c>
-      <c r="B1170" t="s">
-[...2 lines deleted...]
-      <c r="C1170" t="s">
+      <c r="D1170" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E1170" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F1170" t="s">
+        <v>48</v>
+      </c>
+      <c r="G1170" s="1" t="s">
         <v>4104</v>
       </c>
-      <c r="D1170" t="s">
-[...8 lines deleted...]
-      <c r="G1170" s="1" t="s">
+      <c r="H1170" t="s">
         <v>4105</v>
-      </c>
-[...1 lines deleted...]
-        <v>4106</v>
       </c>
     </row>
     <row r="1171" spans="1:8">
       <c r="A1171" t="s">
+        <v>4106</v>
+      </c>
+      <c r="B1171" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1171" t="s">
         <v>4107</v>
       </c>
-      <c r="B1171" t="s">
-[...2 lines deleted...]
-      <c r="C1171" t="s">
+      <c r="D1171" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E1171" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F1171" t="s">
+        <v>53</v>
+      </c>
+      <c r="G1171" s="1" t="s">
         <v>4108</v>
       </c>
-      <c r="D1171" t="s">
-[...8 lines deleted...]
-      <c r="G1171" s="1" t="s">
+      <c r="H1171" t="s">
         <v>4109</v>
-      </c>
-[...1 lines deleted...]
-        <v>4110</v>
       </c>
     </row>
     <row r="1172" spans="1:8">
       <c r="A1172" t="s">
+        <v>4110</v>
+      </c>
+      <c r="B1172" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1172" t="s">
         <v>4111</v>
       </c>
-      <c r="B1172" t="s">
-[...2 lines deleted...]
-      <c r="C1172" t="s">
+      <c r="D1172" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E1172" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F1172" t="s">
+        <v>76</v>
+      </c>
+      <c r="G1172" s="1" t="s">
         <v>4112</v>
       </c>
-      <c r="D1172" t="s">
-[...8 lines deleted...]
-      <c r="G1172" s="1" t="s">
+      <c r="H1172" t="s">
         <v>4113</v>
-      </c>
-[...1 lines deleted...]
-        <v>4114</v>
       </c>
     </row>
     <row r="1173" spans="1:8">
       <c r="A1173" t="s">
+        <v>4114</v>
+      </c>
+      <c r="B1173" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1173" t="s">
         <v>4115</v>
       </c>
-      <c r="B1173" t="s">
-[...2 lines deleted...]
-      <c r="C1173" t="s">
+      <c r="D1173" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E1173" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F1173" t="s">
+        <v>18</v>
+      </c>
+      <c r="G1173" s="1" t="s">
         <v>4116</v>
       </c>
-      <c r="D1173" t="s">
-[...8 lines deleted...]
-      <c r="G1173" s="1" t="s">
+      <c r="H1173" t="s">
         <v>4117</v>
-      </c>
-[...1 lines deleted...]
-        <v>4118</v>
       </c>
     </row>
     <row r="1174" spans="1:8">
       <c r="A1174" t="s">
+        <v>4118</v>
+      </c>
+      <c r="B1174" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1174" t="s">
         <v>4119</v>
       </c>
-      <c r="B1174" t="s">
-[...2 lines deleted...]
-      <c r="C1174" t="s">
+      <c r="D1174" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E1174" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F1174" t="s">
+        <v>13</v>
+      </c>
+      <c r="G1174" s="1" t="s">
         <v>4120</v>
       </c>
-      <c r="D1174" t="s">
-[...8 lines deleted...]
-      <c r="G1174" s="1" t="s">
+      <c r="H1174" t="s">
         <v>4121</v>
-      </c>
-[...1 lines deleted...]
-        <v>4122</v>
       </c>
     </row>
     <row r="1175" spans="1:8">
       <c r="A1175" t="s">
+        <v>4122</v>
+      </c>
+      <c r="B1175" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1175" t="s">
         <v>4123</v>
       </c>
-      <c r="B1175" t="s">
-[...2 lines deleted...]
-      <c r="C1175" t="s">
+      <c r="D1175" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E1175" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F1175" t="s">
+        <v>63</v>
+      </c>
+      <c r="G1175" s="1" t="s">
         <v>4124</v>
       </c>
-      <c r="D1175" t="s">
-[...8 lines deleted...]
-      <c r="G1175" s="1" t="s">
+      <c r="H1175" t="s">
         <v>4125</v>
-      </c>
-[...1 lines deleted...]
-        <v>4126</v>
       </c>
     </row>
     <row r="1176" spans="1:8">
       <c r="A1176" t="s">
+        <v>4126</v>
+      </c>
+      <c r="B1176" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1176" t="s">
         <v>4127</v>
       </c>
-      <c r="B1176" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D1176" t="s">
+        <v>2562</v>
+      </c>
+      <c r="E1176" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F1176" t="s">
+        <v>23</v>
+      </c>
+      <c r="G1176" s="1" t="s">
         <v>4128</v>
       </c>
-      <c r="E1176" t="s">
+      <c r="H1176" t="s">
         <v>4129</v>
-      </c>
-[...7 lines deleted...]
-        <v>4131</v>
       </c>
     </row>
     <row r="1177" spans="1:8">
       <c r="A1177" t="s">
+        <v>4130</v>
+      </c>
+      <c r="B1177" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1177" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1177" t="s">
+        <v>4131</v>
+      </c>
+      <c r="E1177" t="s">
         <v>4132</v>
-      </c>
-[...10 lines deleted...]
-        <v>4129</v>
       </c>
       <c r="F1177" t="s">
         <v>2144</v>
       </c>
       <c r="G1177" s="1" t="s">
         <v>4133</v>
       </c>
       <c r="H1177" t="s">
         <v>4134</v>
       </c>
     </row>
     <row r="1178" spans="1:8">
       <c r="A1178" t="s">
         <v>4135</v>
       </c>
       <c r="B1178" t="s">
         <v>9</v>
       </c>
       <c r="C1178" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D1178" t="s">
-        <v>4128</v>
+        <v>4131</v>
       </c>
       <c r="E1178" t="s">
-        <v>4129</v>
+        <v>4132</v>
       </c>
       <c r="F1178" t="s">
         <v>2144</v>
       </c>
       <c r="G1178" s="1" t="s">
         <v>4136</v>
       </c>
       <c r="H1178" t="s">
         <v>4137</v>
       </c>
     </row>
     <row r="1179" spans="1:8">
       <c r="A1179" t="s">
         <v>4138</v>
       </c>
       <c r="B1179" t="s">
         <v>9</v>
       </c>
       <c r="C1179" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D1179" t="s">
-        <v>4128</v>
+        <v>4131</v>
       </c>
       <c r="E1179" t="s">
-        <v>4129</v>
+        <v>4132</v>
       </c>
       <c r="F1179" t="s">
         <v>2144</v>
       </c>
       <c r="G1179" s="1" t="s">
         <v>4139</v>
       </c>
       <c r="H1179" t="s">
         <v>4140</v>
       </c>
     </row>
     <row r="1180" spans="1:8">
       <c r="A1180" t="s">
         <v>4141</v>
       </c>
       <c r="B1180" t="s">
         <v>9</v>
       </c>
       <c r="C1180" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D1180" t="s">
-        <v>4128</v>
+        <v>4131</v>
       </c>
       <c r="E1180" t="s">
-        <v>4129</v>
+        <v>4132</v>
       </c>
       <c r="F1180" t="s">
         <v>2144</v>
       </c>
       <c r="G1180" s="1" t="s">
         <v>4142</v>
       </c>
       <c r="H1180" t="s">
         <v>4143</v>
       </c>
     </row>
     <row r="1181" spans="1:8">
       <c r="A1181" t="s">
         <v>4144</v>
       </c>
       <c r="B1181" t="s">
         <v>9</v>
       </c>
       <c r="C1181" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="D1181" t="s">
+        <v>4131</v>
+      </c>
+      <c r="E1181" t="s">
+        <v>4132</v>
+      </c>
+      <c r="F1181" t="s">
+        <v>2144</v>
+      </c>
+      <c r="G1181" s="1" t="s">
         <v>4145</v>
       </c>
-      <c r="E1181" t="s">
+      <c r="H1181" t="s">
         <v>4146</v>
-      </c>
-[...7 lines deleted...]
-        <v>4148</v>
       </c>
     </row>
     <row r="1182" spans="1:8">
       <c r="A1182" t="s">
-        <v>4149</v>
+        <v>4147</v>
       </c>
       <c r="B1182" t="s">
         <v>9</v>
       </c>
       <c r="C1182" t="s">
         <v>10</v>
       </c>
       <c r="D1182" t="s">
-        <v>4150</v>
+        <v>4148</v>
       </c>
       <c r="E1182" t="s">
-        <v>4151</v>
+        <v>4149</v>
       </c>
       <c r="F1182" t="s">
         <v>2208</v>
       </c>
       <c r="G1182" s="1" t="s">
-        <v>4152</v>
+        <v>4150</v>
       </c>
       <c r="H1182" t="s">
-        <v>4153</v>
+        <v>4151</v>
       </c>
     </row>
     <row r="1183" spans="1:8">
       <c r="A1183" t="s">
-        <v>4154</v>
+        <v>4152</v>
       </c>
       <c r="B1183" t="s">
         <v>9</v>
       </c>
       <c r="C1183" t="s">
         <v>10</v>
       </c>
       <c r="D1183" t="s">
+        <v>4153</v>
+      </c>
+      <c r="E1183" t="s">
+        <v>4154</v>
+      </c>
+      <c r="F1183" t="s">
+        <v>2208</v>
+      </c>
+      <c r="G1183" s="1" t="s">
         <v>4155</v>
       </c>
-      <c r="E1183" t="s">
+      <c r="H1183" t="s">
         <v>4156</v>
-      </c>
-[...4 lines deleted...]
-        <v>4158</v>
       </c>
     </row>
     <row r="1184" spans="1:8">
       <c r="A1184" t="s">
+        <v>4157</v>
+      </c>
+      <c r="B1184" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1184" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1184" t="s">
+        <v>4158</v>
+      </c>
+      <c r="E1184" t="s">
         <v>4159</v>
-      </c>
-[...10 lines deleted...]
-        <v>4156</v>
       </c>
       <c r="G1184" s="1" t="s">
         <v>4160</v>
       </c>
       <c r="H1184" t="s">
         <v>4161</v>
       </c>
     </row>
     <row r="1185" spans="1:8">
       <c r="A1185" t="s">
         <v>4162</v>
       </c>
       <c r="B1185" t="s">
         <v>9</v>
       </c>
       <c r="C1185" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="D1185" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1185" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1185" s="1" t="s">
         <v>4163</v>
       </c>
       <c r="H1185" t="s">
         <v>4164</v>
       </c>
     </row>
     <row r="1186" spans="1:8">
       <c r="A1186" t="s">
         <v>4165</v>
       </c>
       <c r="B1186" t="s">
         <v>9</v>
       </c>
       <c r="C1186" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D1186" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1186" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1186" s="1" t="s">
         <v>4166</v>
       </c>
       <c r="H1186" t="s">
         <v>4167</v>
       </c>
     </row>
     <row r="1187" spans="1:8">
       <c r="A1187" t="s">
         <v>4168</v>
       </c>
       <c r="B1187" t="s">
         <v>9</v>
       </c>
       <c r="C1187" t="s">
-        <v>32</v>
+        <v>27</v>
       </c>
       <c r="D1187" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1187" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1187" s="1" t="s">
         <v>4169</v>
       </c>
       <c r="H1187" t="s">
         <v>4170</v>
       </c>
     </row>
     <row r="1188" spans="1:8">
       <c r="A1188" t="s">
         <v>4171</v>
       </c>
       <c r="B1188" t="s">
         <v>9</v>
       </c>
       <c r="C1188" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="D1188" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1188" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1188" s="1" t="s">
         <v>4172</v>
       </c>
       <c r="H1188" t="s">
         <v>4173</v>
       </c>
     </row>
     <row r="1189" spans="1:8">
       <c r="A1189" t="s">
         <v>4174</v>
       </c>
       <c r="B1189" t="s">
         <v>9</v>
       </c>
       <c r="C1189" t="s">
-        <v>42</v>
+        <v>37</v>
       </c>
       <c r="D1189" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1189" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1189" s="1" t="s">
         <v>4175</v>
       </c>
       <c r="H1189" t="s">
         <v>4176</v>
       </c>
     </row>
     <row r="1190" spans="1:8">
       <c r="A1190" t="s">
         <v>4177</v>
       </c>
       <c r="B1190" t="s">
         <v>9</v>
       </c>
       <c r="C1190" t="s">
-        <v>47</v>
+        <v>42</v>
       </c>
       <c r="D1190" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1190" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1190" s="1" t="s">
         <v>4178</v>
       </c>
       <c r="H1190" t="s">
         <v>4179</v>
       </c>
     </row>
     <row r="1191" spans="1:8">
       <c r="A1191" t="s">
         <v>4180</v>
       </c>
       <c r="B1191" t="s">
         <v>9</v>
       </c>
       <c r="C1191" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="D1191" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1191" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1191" s="1" t="s">
         <v>4181</v>
       </c>
       <c r="H1191" t="s">
         <v>4182</v>
       </c>
     </row>
     <row r="1192" spans="1:8">
       <c r="A1192" t="s">
         <v>4183</v>
       </c>
       <c r="B1192" t="s">
         <v>9</v>
       </c>
       <c r="C1192" t="s">
-        <v>57</v>
+        <v>52</v>
       </c>
       <c r="D1192" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1192" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1192" s="1" t="s">
         <v>4184</v>
       </c>
       <c r="H1192" t="s">
         <v>4185</v>
       </c>
     </row>
     <row r="1193" spans="1:8">
       <c r="A1193" t="s">
         <v>4186</v>
       </c>
       <c r="B1193" t="s">
         <v>9</v>
       </c>
       <c r="C1193" t="s">
-        <v>62</v>
+        <v>57</v>
       </c>
       <c r="D1193" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1193" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1193" s="1" t="s">
         <v>4187</v>
       </c>
       <c r="H1193" t="s">
         <v>4188</v>
       </c>
     </row>
     <row r="1194" spans="1:8">
       <c r="A1194" t="s">
         <v>4189</v>
       </c>
       <c r="B1194" t="s">
         <v>9</v>
       </c>
       <c r="C1194" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
       <c r="D1194" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1194" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1194" s="1" t="s">
         <v>4190</v>
       </c>
       <c r="H1194" t="s">
         <v>4191</v>
       </c>
     </row>
     <row r="1195" spans="1:8">
       <c r="A1195" t="s">
         <v>4192</v>
       </c>
       <c r="B1195" t="s">
         <v>9</v>
       </c>
       <c r="C1195" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D1195" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1195" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1195" s="1" t="s">
         <v>4193</v>
       </c>
       <c r="H1195" t="s">
         <v>4194</v>
       </c>
     </row>
     <row r="1196" spans="1:8">
       <c r="A1196" t="s">
         <v>4195</v>
       </c>
       <c r="B1196" t="s">
         <v>9</v>
       </c>
       <c r="C1196" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="D1196" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1196" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1196" s="1" t="s">
         <v>4196</v>
       </c>
       <c r="H1196" t="s">
         <v>4197</v>
       </c>
     </row>
     <row r="1197" spans="1:8">
       <c r="A1197" t="s">
         <v>4198</v>
       </c>
       <c r="B1197" t="s">
         <v>9</v>
       </c>
       <c r="C1197" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="D1197" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1197" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1197" s="1" t="s">
         <v>4199</v>
       </c>
       <c r="H1197" t="s">
         <v>4200</v>
       </c>
     </row>
     <row r="1198" spans="1:8">
       <c r="A1198" t="s">
         <v>4201</v>
       </c>
       <c r="B1198" t="s">
         <v>9</v>
       </c>
       <c r="C1198" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="D1198" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1198" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1198" s="1" t="s">
         <v>4202</v>
       </c>
       <c r="H1198" t="s">
         <v>4203</v>
       </c>
     </row>
     <row r="1199" spans="1:8">
       <c r="A1199" t="s">
         <v>4204</v>
       </c>
       <c r="B1199" t="s">
         <v>9</v>
       </c>
       <c r="C1199" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="D1199" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1199" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1199" s="1" t="s">
         <v>4205</v>
       </c>
       <c r="H1199" t="s">
         <v>4206</v>
       </c>
     </row>
     <row r="1200" spans="1:8">
       <c r="A1200" t="s">
         <v>4207</v>
       </c>
       <c r="B1200" t="s">
         <v>9</v>
       </c>
       <c r="C1200" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="D1200" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1200" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1200" s="1" t="s">
         <v>4208</v>
       </c>
       <c r="H1200" t="s">
         <v>4209</v>
       </c>
     </row>
     <row r="1201" spans="1:8">
       <c r="A1201" t="s">
         <v>4210</v>
       </c>
       <c r="B1201" t="s">
         <v>9</v>
       </c>
       <c r="C1201" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="D1201" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1201" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1201" s="1" t="s">
         <v>4211</v>
       </c>
       <c r="H1201" t="s">
         <v>4212</v>
       </c>
     </row>
     <row r="1202" spans="1:8">
       <c r="A1202" t="s">
         <v>4213</v>
       </c>
       <c r="B1202" t="s">
         <v>9</v>
       </c>
       <c r="C1202" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="D1202" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1202" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1202" s="1" t="s">
         <v>4214</v>
       </c>
       <c r="H1202" t="s">
         <v>4215</v>
       </c>
     </row>
     <row r="1203" spans="1:8">
       <c r="A1203" t="s">
         <v>4216</v>
       </c>
       <c r="B1203" t="s">
         <v>9</v>
       </c>
       <c r="C1203" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="D1203" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1203" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1203" s="1" t="s">
         <v>4217</v>
       </c>
       <c r="H1203" t="s">
         <v>4218</v>
       </c>
     </row>
     <row r="1204" spans="1:8">
       <c r="A1204" t="s">
         <v>4219</v>
       </c>
       <c r="B1204" t="s">
         <v>9</v>
       </c>
       <c r="C1204" t="s">
-        <v>109</v>
+        <v>105</v>
       </c>
       <c r="D1204" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1204" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1204" s="1" t="s">
         <v>4220</v>
       </c>
       <c r="H1204" t="s">
         <v>4221</v>
       </c>
     </row>
     <row r="1205" spans="1:8">
       <c r="A1205" t="s">
         <v>4222</v>
       </c>
       <c r="B1205" t="s">
         <v>9</v>
       </c>
       <c r="C1205" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="D1205" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1205" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1205" s="1" t="s">
         <v>4223</v>
       </c>
       <c r="H1205" t="s">
         <v>4224</v>
       </c>
     </row>
     <row r="1206" spans="1:8">
       <c r="A1206" t="s">
         <v>4225</v>
       </c>
       <c r="B1206" t="s">
         <v>9</v>
       </c>
       <c r="C1206" t="s">
-        <v>117</v>
+        <v>113</v>
       </c>
       <c r="D1206" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1206" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1206" s="1" t="s">
         <v>4226</v>
       </c>
       <c r="H1206" t="s">
         <v>4227</v>
       </c>
     </row>
     <row r="1207" spans="1:8">
       <c r="A1207" t="s">
         <v>4228</v>
       </c>
       <c r="B1207" t="s">
         <v>9</v>
       </c>
       <c r="C1207" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="D1207" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1207" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1207" s="1" t="s">
         <v>4229</v>
       </c>
       <c r="H1207" t="s">
         <v>4230</v>
       </c>
     </row>
     <row r="1208" spans="1:8">
       <c r="A1208" t="s">
         <v>4231</v>
       </c>
       <c r="B1208" t="s">
         <v>9</v>
       </c>
       <c r="C1208" t="s">
-        <v>125</v>
+        <v>121</v>
       </c>
       <c r="D1208" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1208" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1208" s="1" t="s">
         <v>4232</v>
       </c>
       <c r="H1208" t="s">
         <v>4233</v>
       </c>
     </row>
     <row r="1209" spans="1:8">
       <c r="A1209" t="s">
         <v>4234</v>
       </c>
       <c r="B1209" t="s">
         <v>9</v>
       </c>
       <c r="C1209" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="D1209" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1209" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1209" s="1" t="s">
         <v>4235</v>
       </c>
       <c r="H1209" t="s">
         <v>4236</v>
       </c>
     </row>
     <row r="1210" spans="1:8">
       <c r="A1210" t="s">
         <v>4237</v>
       </c>
       <c r="B1210" t="s">
         <v>9</v>
       </c>
       <c r="C1210" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="D1210" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1210" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1210" s="1" t="s">
         <v>4238</v>
       </c>
       <c r="H1210" t="s">
         <v>4239</v>
       </c>
     </row>
     <row r="1211" spans="1:8">
       <c r="A1211" t="s">
         <v>4240</v>
       </c>
       <c r="B1211" t="s">
         <v>9</v>
       </c>
       <c r="C1211" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="D1211" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1211" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1211" s="1" t="s">
         <v>4241</v>
       </c>
       <c r="H1211" t="s">
         <v>4242</v>
       </c>
     </row>
     <row r="1212" spans="1:8">
       <c r="A1212" t="s">
         <v>4243</v>
       </c>
       <c r="B1212" t="s">
         <v>9</v>
       </c>
       <c r="C1212" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="D1212" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1212" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1212" s="1" t="s">
         <v>4244</v>
       </c>
       <c r="H1212" t="s">
         <v>4245</v>
       </c>
     </row>
     <row r="1213" spans="1:8">
       <c r="A1213" t="s">
         <v>4246</v>
       </c>
       <c r="B1213" t="s">
         <v>9</v>
       </c>
       <c r="C1213" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="D1213" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1213" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1213" s="1" t="s">
         <v>4247</v>
       </c>
       <c r="H1213" t="s">
         <v>4248</v>
       </c>
     </row>
     <row r="1214" spans="1:8">
       <c r="A1214" t="s">
         <v>4249</v>
       </c>
       <c r="B1214" t="s">
         <v>9</v>
       </c>
       <c r="C1214" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="D1214" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1214" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1214" s="1" t="s">
         <v>4250</v>
       </c>
       <c r="H1214" t="s">
         <v>4251</v>
       </c>
     </row>
     <row r="1215" spans="1:8">
       <c r="A1215" t="s">
         <v>4252</v>
       </c>
       <c r="B1215" t="s">
         <v>9</v>
       </c>
       <c r="C1215" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="D1215" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1215" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1215" s="1" t="s">
         <v>4253</v>
       </c>
       <c r="H1215" t="s">
         <v>4254</v>
       </c>
     </row>
     <row r="1216" spans="1:8">
       <c r="A1216" t="s">
         <v>4255</v>
       </c>
       <c r="B1216" t="s">
         <v>9</v>
       </c>
       <c r="C1216" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="D1216" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1216" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1216" s="1" t="s">
         <v>4256</v>
       </c>
       <c r="H1216" t="s">
         <v>4257</v>
       </c>
     </row>
     <row r="1217" spans="1:8">
       <c r="A1217" t="s">
         <v>4258</v>
       </c>
       <c r="B1217" t="s">
         <v>9</v>
       </c>
       <c r="C1217" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="D1217" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1217" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1217" s="1" t="s">
         <v>4259</v>
       </c>
       <c r="H1217" t="s">
         <v>4260</v>
       </c>
     </row>
     <row r="1218" spans="1:8">
       <c r="A1218" t="s">
         <v>4261</v>
       </c>
       <c r="B1218" t="s">
         <v>9</v>
       </c>
       <c r="C1218" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="D1218" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1218" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1218" s="1" t="s">
         <v>4262</v>
       </c>
       <c r="H1218" t="s">
         <v>4263</v>
       </c>
     </row>
     <row r="1219" spans="1:8">
       <c r="A1219" t="s">
         <v>4264</v>
       </c>
       <c r="B1219" t="s">
         <v>9</v>
       </c>
       <c r="C1219" t="s">
-        <v>173</v>
+        <v>165</v>
       </c>
       <c r="D1219" t="s">
-        <v>4155</v>
+        <v>4158</v>
       </c>
       <c r="E1219" t="s">
-        <v>4156</v>
+        <v>4159</v>
       </c>
       <c r="G1219" s="1" t="s">
         <v>4265</v>
       </c>
       <c r="H1219" t="s">
         <v>4266</v>
       </c>
     </row>
     <row r="1220" spans="1:8">
       <c r="A1220" t="s">
         <v>4267</v>
       </c>
       <c r="B1220" t="s">
         <v>9</v>
       </c>
       <c r="C1220" t="s">
-        <v>10</v>
+        <v>169</v>
       </c>
       <c r="D1220" t="s">
+        <v>4158</v>
+      </c>
+      <c r="E1220" t="s">
+        <v>4159</v>
+      </c>
+      <c r="G1220" s="1" t="s">
         <v>4268</v>
       </c>
-      <c r="E1220" t="s">
+      <c r="H1220" t="s">
         <v>4269</v>
-      </c>
-[...4 lines deleted...]
-        <v>4271</v>
       </c>
     </row>
     <row r="1221" spans="1:8">
       <c r="A1221" t="s">
+        <v>4270</v>
+      </c>
+      <c r="B1221" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1221" t="s">
+        <v>173</v>
+      </c>
+      <c r="D1221" t="s">
+        <v>4158</v>
+      </c>
+      <c r="E1221" t="s">
+        <v>4159</v>
+      </c>
+      <c r="G1221" s="1" t="s">
+        <v>4271</v>
+      </c>
+      <c r="H1221" t="s">
         <v>4272</v>
-      </c>
-[...16 lines deleted...]
-        <v>4274</v>
       </c>
     </row>
     <row r="1222" spans="1:8">
       <c r="A1222" t="s">
+        <v>4273</v>
+      </c>
+      <c r="B1222" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1222" t="s">
+        <v>177</v>
+      </c>
+      <c r="D1222" t="s">
+        <v>4158</v>
+      </c>
+      <c r="E1222" t="s">
+        <v>4159</v>
+      </c>
+      <c r="G1222" s="1" t="s">
+        <v>4274</v>
+      </c>
+      <c r="H1222" t="s">
         <v>4275</v>
-      </c>
-[...16 lines deleted...]
-        <v>4277</v>
       </c>
     </row>
     <row r="1223" spans="1:8">
       <c r="A1223" t="s">
+        <v>4276</v>
+      </c>
+      <c r="B1223" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1223" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1223" t="s">
+        <v>4277</v>
+      </c>
+      <c r="E1223" t="s">
         <v>4278</v>
-      </c>
-[...10 lines deleted...]
-        <v>4269</v>
       </c>
       <c r="G1223" s="1" t="s">
         <v>4279</v>
       </c>
       <c r="H1223" t="s">
         <v>4280</v>
       </c>
     </row>
     <row r="1224" spans="1:8">
       <c r="A1224" t="s">
         <v>4281</v>
       </c>
       <c r="B1224" t="s">
         <v>9</v>
       </c>
       <c r="C1224" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="D1224" t="s">
-        <v>4268</v>
+        <v>4277</v>
       </c>
       <c r="E1224" t="s">
-        <v>4269</v>
+        <v>4278</v>
       </c>
       <c r="G1224" s="1" t="s">
         <v>4282</v>
       </c>
       <c r="H1224" t="s">
         <v>4283</v>
       </c>
     </row>
     <row r="1225" spans="1:8">
       <c r="A1225" t="s">
         <v>4284</v>
       </c>
       <c r="B1225" t="s">
         <v>9</v>
       </c>
       <c r="C1225" t="s">
-        <v>37</v>
+        <v>22</v>
       </c>
       <c r="D1225" t="s">
-        <v>4268</v>
+        <v>4277</v>
       </c>
       <c r="E1225" t="s">
-        <v>4269</v>
+        <v>4278</v>
       </c>
       <c r="G1225" s="1" t="s">
         <v>4285</v>
       </c>
       <c r="H1225" t="s">
         <v>4286</v>
       </c>
     </row>
     <row r="1226" spans="1:8">
       <c r="A1226" t="s">
         <v>4287</v>
       </c>
       <c r="B1226" t="s">
         <v>9</v>
       </c>
       <c r="C1226" t="s">
-        <v>42</v>
+        <v>27</v>
       </c>
       <c r="D1226" t="s">
-        <v>4268</v>
+        <v>4277</v>
       </c>
       <c r="E1226" t="s">
-        <v>4269</v>
+        <v>4278</v>
       </c>
       <c r="G1226" s="1" t="s">
         <v>4288</v>
       </c>
       <c r="H1226" t="s">
         <v>4289</v>
       </c>
     </row>
     <row r="1227" spans="1:8">
       <c r="A1227" t="s">
         <v>4290</v>
       </c>
       <c r="B1227" t="s">
         <v>9</v>
       </c>
       <c r="C1227" t="s">
-        <v>47</v>
+        <v>32</v>
       </c>
       <c r="D1227" t="s">
-        <v>4268</v>
+        <v>4277</v>
       </c>
       <c r="E1227" t="s">
-        <v>4269</v>
+        <v>4278</v>
       </c>
       <c r="G1227" s="1" t="s">
         <v>4291</v>
       </c>
       <c r="H1227" t="s">
         <v>4292</v>
       </c>
     </row>
     <row r="1228" spans="1:8">
       <c r="A1228" t="s">
         <v>4293</v>
       </c>
       <c r="B1228" t="s">
         <v>9</v>
       </c>
       <c r="C1228" t="s">
-        <v>52</v>
+        <v>37</v>
       </c>
       <c r="D1228" t="s">
-        <v>4268</v>
+        <v>4277</v>
       </c>
       <c r="E1228" t="s">
-        <v>4269</v>
+        <v>4278</v>
       </c>
       <c r="G1228" s="1" t="s">
         <v>4294</v>
       </c>
       <c r="H1228" t="s">
         <v>4295</v>
       </c>
     </row>
     <row r="1229" spans="1:8">
       <c r="A1229" t="s">
         <v>4296</v>
       </c>
       <c r="B1229" t="s">
         <v>9</v>
       </c>
       <c r="C1229" t="s">
-        <v>57</v>
+        <v>42</v>
       </c>
       <c r="D1229" t="s">
-        <v>4268</v>
+        <v>4277</v>
       </c>
       <c r="E1229" t="s">
-        <v>4269</v>
+        <v>4278</v>
       </c>
       <c r="G1229" s="1" t="s">
         <v>4297</v>
       </c>
       <c r="H1229" t="s">
         <v>4298</v>
       </c>
     </row>
     <row r="1230" spans="1:8">
       <c r="A1230" t="s">
         <v>4299</v>
       </c>
       <c r="B1230" t="s">
         <v>9</v>
       </c>
       <c r="C1230" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="D1230" t="s">
-        <v>4268</v>
+        <v>4277</v>
       </c>
       <c r="E1230" t="s">
-        <v>4269</v>
+        <v>4278</v>
       </c>
       <c r="G1230" s="1" t="s">
         <v>4300</v>
       </c>
       <c r="H1230" t="s">
         <v>4301</v>
       </c>
     </row>
     <row r="1231" spans="1:8">
       <c r="A1231" t="s">
         <v>4302</v>
       </c>
       <c r="B1231" t="s">
         <v>9</v>
       </c>
       <c r="C1231" t="s">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="D1231" t="s">
+        <v>4277</v>
+      </c>
+      <c r="E1231" t="s">
+        <v>4278</v>
+      </c>
+      <c r="G1231" s="1" t="s">
         <v>4303</v>
       </c>
-      <c r="E1231" t="s">
+      <c r="H1231" t="s">
         <v>4304</v>
-      </c>
-[...7 lines deleted...]
-        <v>4307</v>
       </c>
     </row>
     <row r="1232" spans="1:8">
       <c r="A1232" t="s">
-        <v>4308</v>
+        <v>4305</v>
       </c>
       <c r="B1232" t="s">
         <v>9</v>
       </c>
       <c r="C1232" t="s">
-        <v>17</v>
+        <v>57</v>
       </c>
       <c r="D1232" t="s">
-        <v>4303</v>
+        <v>4277</v>
       </c>
       <c r="E1232" t="s">
-        <v>4304</v>
+        <v>4278</v>
       </c>
       <c r="G1232" s="1" t="s">
-        <v>4309</v>
+        <v>4306</v>
       </c>
       <c r="H1232" t="s">
-        <v>4310</v>
+        <v>4307</v>
       </c>
     </row>
     <row r="1233" spans="1:8">
       <c r="A1233" t="s">
-        <v>4311</v>
+        <v>4308</v>
       </c>
       <c r="B1233" t="s">
         <v>9</v>
       </c>
       <c r="C1233" t="s">
-        <v>37</v>
+        <v>62</v>
       </c>
       <c r="D1233" t="s">
-        <v>4312</v>
+        <v>4277</v>
       </c>
       <c r="E1233" t="s">
-        <v>4313</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>4278</v>
       </c>
       <c r="G1233" s="1" t="s">
-        <v>4314</v>
+        <v>4309</v>
       </c>
       <c r="H1233" t="s">
-        <v>4315</v>
+        <v>4310</v>
       </c>
     </row>
     <row r="1234" spans="1:8">
       <c r="A1234" t="s">
-        <v>4316</v>
+        <v>4311</v>
       </c>
       <c r="B1234" t="s">
         <v>9</v>
       </c>
       <c r="C1234" t="s">
-        <v>10</v>
+        <v>67</v>
       </c>
       <c r="D1234" t="s">
-        <v>4317</v>
+        <v>4277</v>
       </c>
       <c r="E1234" t="s">
-        <v>4318</v>
+        <v>4278</v>
       </c>
       <c r="G1234" s="1" t="s">
-        <v>4319</v>
+        <v>4312</v>
       </c>
       <c r="H1234" t="s">
-        <v>4320</v>
+        <v>4313</v>
       </c>
     </row>
     <row r="1235" spans="1:8">
       <c r="A1235" t="s">
-        <v>4321</v>
+        <v>4314</v>
       </c>
       <c r="B1235" t="s">
         <v>9</v>
       </c>
       <c r="C1235" t="s">
-        <v>17</v>
+        <v>71</v>
       </c>
       <c r="D1235" t="s">
-        <v>4317</v>
+        <v>4277</v>
       </c>
       <c r="E1235" t="s">
-        <v>4318</v>
+        <v>4278</v>
       </c>
       <c r="G1235" s="1" t="s">
-        <v>4322</v>
+        <v>4315</v>
       </c>
       <c r="H1235" t="s">
-        <v>4323</v>
+        <v>4316</v>
       </c>
     </row>
     <row r="1236" spans="1:8">
       <c r="A1236" t="s">
-        <v>4324</v>
+        <v>4317</v>
       </c>
       <c r="B1236" t="s">
         <v>9</v>
       </c>
       <c r="C1236" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="D1236" t="s">
-        <v>4317</v>
+        <v>4318</v>
       </c>
       <c r="E1236" t="s">
-        <v>4318</v>
+        <v>4319</v>
       </c>
       <c r="F1236" t="s">
-        <v>2144</v>
+        <v>4320</v>
       </c>
       <c r="G1236" s="1" t="s">
-        <v>4325</v>
+        <v>4321</v>
       </c>
       <c r="H1236" t="s">
-        <v>4326</v>
+        <v>4322</v>
       </c>
     </row>
     <row r="1237" spans="1:8">
       <c r="A1237" t="s">
-        <v>4327</v>
+        <v>4323</v>
       </c>
       <c r="B1237" t="s">
         <v>9</v>
       </c>
       <c r="C1237" t="s">
-        <v>27</v>
+        <v>17</v>
       </c>
       <c r="D1237" t="s">
-        <v>4317</v>
+        <v>4318</v>
       </c>
       <c r="E1237" t="s">
-        <v>4318</v>
+        <v>4319</v>
       </c>
       <c r="G1237" s="1" t="s">
-        <v>4328</v>
+        <v>4324</v>
       </c>
       <c r="H1237" t="s">
-        <v>4329</v>
+        <v>4325</v>
       </c>
     </row>
     <row r="1238" spans="1:8">
       <c r="A1238" t="s">
+        <v>4326</v>
+      </c>
+      <c r="B1238" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1238" t="s">
+        <v>37</v>
+      </c>
+      <c r="D1238" t="s">
+        <v>4327</v>
+      </c>
+      <c r="E1238" t="s">
+        <v>4328</v>
+      </c>
+      <c r="F1238" t="s">
+        <v>28</v>
+      </c>
+      <c r="G1238" s="1" t="s">
+        <v>4329</v>
+      </c>
+      <c r="H1238" t="s">
         <v>4330</v>
-      </c>
-[...19 lines deleted...]
-        <v>4332</v>
       </c>
     </row>
     <row r="1239" spans="1:8">
       <c r="A1239" t="s">
-        <v>4333</v>
+        <v>4331</v>
       </c>
       <c r="B1239" t="s">
         <v>9</v>
       </c>
       <c r="C1239" t="s">
         <v>10</v>
       </c>
       <c r="D1239" t="s">
+        <v>4332</v>
+      </c>
+      <c r="E1239" t="s">
+        <v>4333</v>
+      </c>
+      <c r="G1239" s="1" t="s">
         <v>4334</v>
       </c>
-      <c r="E1239" t="s">
+      <c r="H1239" t="s">
         <v>4335</v>
-      </c>
-[...4 lines deleted...]
-        <v>4337</v>
       </c>
     </row>
     <row r="1240" spans="1:8">
       <c r="A1240" t="s">
-        <v>4338</v>
+        <v>4336</v>
       </c>
       <c r="B1240" t="s">
         <v>9</v>
       </c>
       <c r="C1240" t="s">
         <v>17</v>
       </c>
       <c r="D1240" t="s">
-        <v>4334</v>
+        <v>4332</v>
       </c>
       <c r="E1240" t="s">
-        <v>4335</v>
+        <v>4333</v>
       </c>
       <c r="G1240" s="1" t="s">
-        <v>4339</v>
+        <v>4337</v>
       </c>
       <c r="H1240" t="s">
-        <v>4340</v>
+        <v>4338</v>
       </c>
     </row>
     <row r="1241" spans="1:8">
       <c r="A1241" t="s">
+        <v>4339</v>
+      </c>
+      <c r="B1241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1241" t="s">
+        <v>22</v>
+      </c>
+      <c r="D1241" t="s">
+        <v>4332</v>
+      </c>
+      <c r="E1241" t="s">
+        <v>4333</v>
+      </c>
+      <c r="F1241" t="s">
+        <v>2144</v>
+      </c>
+      <c r="G1241" s="1" t="s">
+        <v>4340</v>
+      </c>
+      <c r="H1241" t="s">
         <v>4341</v>
-      </c>
-[...16 lines deleted...]
-        <v>4345</v>
       </c>
     </row>
     <row r="1242" spans="1:8">
       <c r="A1242" t="s">
-        <v>4346</v>
+        <v>4342</v>
       </c>
       <c r="B1242" t="s">
         <v>9</v>
       </c>
       <c r="C1242" t="s">
-        <v>17</v>
+        <v>27</v>
       </c>
       <c r="D1242" t="s">
-        <v>4342</v>
+        <v>4332</v>
       </c>
       <c r="E1242" t="s">
+        <v>4333</v>
+      </c>
+      <c r="G1242" s="1" t="s">
         <v>4343</v>
       </c>
-      <c r="G1242" s="1" t="s">
+      <c r="H1242" t="s">
         <v>4344</v>
-      </c>
-[...1 lines deleted...]
-        <v>4347</v>
       </c>
     </row>
     <row r="1243" spans="1:8">
       <c r="A1243" t="s">
-        <v>4348</v>
+        <v>4345</v>
       </c>
       <c r="B1243" t="s">
         <v>9</v>
       </c>
       <c r="C1243" t="s">
-        <v>22</v>
+        <v>289</v>
       </c>
       <c r="D1243" t="s">
-        <v>4342</v>
+        <v>4332</v>
       </c>
       <c r="E1243" t="s">
-        <v>4343</v>
+        <v>4333</v>
+      </c>
+      <c r="F1243" t="s">
+        <v>2144</v>
       </c>
       <c r="G1243" s="1" t="s">
-        <v>4344</v>
+        <v>4346</v>
       </c>
       <c r="H1243" t="s">
-        <v>4349</v>
+        <v>4347</v>
       </c>
     </row>
     <row r="1244" spans="1:8">
       <c r="A1244" t="s">
+        <v>4348</v>
+      </c>
+      <c r="B1244" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1244" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1244" t="s">
+        <v>4349</v>
+      </c>
+      <c r="E1244" t="s">
         <v>4350</v>
       </c>
-      <c r="B1244" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G1244" s="1" t="s">
-        <v>4344</v>
+        <v>4351</v>
       </c>
       <c r="H1244" t="s">
-        <v>4351</v>
+        <v>4352</v>
       </c>
     </row>
     <row r="1245" spans="1:8">
       <c r="A1245" t="s">
-        <v>4352</v>
+        <v>4353</v>
       </c>
       <c r="B1245" t="s">
         <v>9</v>
       </c>
       <c r="C1245" t="s">
-        <v>32</v>
+        <v>17</v>
       </c>
       <c r="D1245" t="s">
-        <v>4342</v>
+        <v>4349</v>
       </c>
       <c r="E1245" t="s">
-        <v>4343</v>
+        <v>4350</v>
       </c>
       <c r="G1245" s="1" t="s">
-        <v>4344</v>
+        <v>4354</v>
       </c>
       <c r="H1245" t="s">
-        <v>4353</v>
+        <v>4355</v>
       </c>
     </row>
     <row r="1246" spans="1:8">
       <c r="A1246" t="s">
-        <v>4354</v>
+        <v>4356</v>
       </c>
       <c r="B1246" t="s">
         <v>9</v>
       </c>
       <c r="C1246" t="s">
         <v>10</v>
       </c>
       <c r="D1246" t="s">
-        <v>4355</v>
+        <v>4357</v>
       </c>
       <c r="E1246" t="s">
-        <v>4356</v>
-[...2 lines deleted...]
-        <v>4357</v>
+        <v>4358</v>
       </c>
       <c r="G1246" s="1" t="s">
-        <v>4358</v>
+        <v>4359</v>
       </c>
       <c r="H1246" t="s">
-        <v>4359</v>
+        <v>4360</v>
       </c>
     </row>
     <row r="1247" spans="1:8">
       <c r="A1247" t="s">
-        <v>4360</v>
+        <v>4361</v>
       </c>
       <c r="B1247" t="s">
         <v>9</v>
       </c>
       <c r="C1247" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D1247" t="s">
-        <v>4361</v>
+        <v>4357</v>
       </c>
       <c r="E1247" t="s">
-        <v>2560</v>
-[...2 lines deleted...]
-        <v>4357</v>
+        <v>4358</v>
       </c>
       <c r="G1247" s="1" t="s">
+        <v>4359</v>
+      </c>
+      <c r="H1247" t="s">
         <v>4362</v>
-      </c>
-[...1 lines deleted...]
-        <v>4359</v>
       </c>
     </row>
     <row r="1248" spans="1:8">
       <c r="A1248" t="s">
         <v>4363</v>
       </c>
       <c r="B1248" t="s">
         <v>9</v>
       </c>
       <c r="C1248" t="s">
+        <v>22</v>
+      </c>
+      <c r="D1248" t="s">
+        <v>4357</v>
+      </c>
+      <c r="E1248" t="s">
+        <v>4358</v>
+      </c>
+      <c r="G1248" s="1" t="s">
+        <v>4359</v>
+      </c>
+      <c r="H1248" t="s">
+        <v>4364</v>
+      </c>
+    </row>
+    <row r="1249" spans="1:8">
+      <c r="A1249" t="s">
+        <v>4365</v>
+      </c>
+      <c r="B1249" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1249" t="s">
+        <v>27</v>
+      </c>
+      <c r="D1249" t="s">
+        <v>4357</v>
+      </c>
+      <c r="E1249" t="s">
+        <v>4358</v>
+      </c>
+      <c r="G1249" s="1" t="s">
+        <v>4359</v>
+      </c>
+      <c r="H1249" t="s">
+        <v>4366</v>
+      </c>
+    </row>
+    <row r="1250" spans="1:8">
+      <c r="A1250" t="s">
+        <v>4367</v>
+      </c>
+      <c r="B1250" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1250" t="s">
+        <v>32</v>
+      </c>
+      <c r="D1250" t="s">
+        <v>4357</v>
+      </c>
+      <c r="E1250" t="s">
+        <v>4358</v>
+      </c>
+      <c r="G1250" s="1" t="s">
+        <v>4359</v>
+      </c>
+      <c r="H1250" t="s">
+        <v>4368</v>
+      </c>
+    </row>
+    <row r="1251" spans="1:8">
+      <c r="A1251" t="s">
+        <v>4369</v>
+      </c>
+      <c r="B1251" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1251" t="s">
         <v>10</v>
       </c>
-      <c r="D1248" t="s">
-[...5 lines deleted...]
-      <c r="F1248" t="s">
+      <c r="D1251" t="s">
+        <v>4370</v>
+      </c>
+      <c r="E1251" t="s">
+        <v>4371</v>
+      </c>
+      <c r="F1251" t="s">
+        <v>4372</v>
+      </c>
+      <c r="G1251" s="1" t="s">
+        <v>4373</v>
+      </c>
+      <c r="H1251" t="s">
+        <v>4374</v>
+      </c>
+    </row>
+    <row r="1252" spans="1:8">
+      <c r="A1252" t="s">
+        <v>4375</v>
+      </c>
+      <c r="B1252" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1252" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1252" t="s">
+        <v>4376</v>
+      </c>
+      <c r="E1252" t="s">
+        <v>2563</v>
+      </c>
+      <c r="F1252" t="s">
+        <v>4372</v>
+      </c>
+      <c r="G1252" s="1" t="s">
+        <v>4377</v>
+      </c>
+      <c r="H1252" t="s">
+        <v>4374</v>
+      </c>
+    </row>
+    <row r="1253" spans="1:8">
+      <c r="A1253" t="s">
+        <v>4378</v>
+      </c>
+      <c r="B1253" t="s">
+        <v>9</v>
+      </c>
+      <c r="C1253" t="s">
+        <v>10</v>
+      </c>
+      <c r="D1253" t="s">
+        <v>4379</v>
+      </c>
+      <c r="E1253" t="s">
+        <v>4380</v>
+      </c>
+      <c r="F1253" t="s">
         <v>2181</v>
       </c>
-      <c r="G1248" s="1" t="s">
-[...3 lines deleted...]
-        <v>4367</v>
+      <c r="G1253" s="1" t="s">
+        <v>4381</v>
+      </c>
+      <c r="H1253" t="s">
+        <v>4382</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -47812,50 +47975,55 @@
     <hyperlink ref="G1224" r:id="rId1223"/>
     <hyperlink ref="G1225" r:id="rId1224"/>
     <hyperlink ref="G1226" r:id="rId1225"/>
     <hyperlink ref="G1227" r:id="rId1226"/>
     <hyperlink ref="G1228" r:id="rId1227"/>
     <hyperlink ref="G1229" r:id="rId1228"/>
     <hyperlink ref="G1230" r:id="rId1229"/>
     <hyperlink ref="G1231" r:id="rId1230"/>
     <hyperlink ref="G1232" r:id="rId1231"/>
     <hyperlink ref="G1233" r:id="rId1232"/>
     <hyperlink ref="G1234" r:id="rId1233"/>
     <hyperlink ref="G1235" r:id="rId1234"/>
     <hyperlink ref="G1236" r:id="rId1235"/>
     <hyperlink ref="G1237" r:id="rId1236"/>
     <hyperlink ref="G1238" r:id="rId1237"/>
     <hyperlink ref="G1239" r:id="rId1238"/>
     <hyperlink ref="G1240" r:id="rId1239"/>
     <hyperlink ref="G1241" r:id="rId1240"/>
     <hyperlink ref="G1242" r:id="rId1241"/>
     <hyperlink ref="G1243" r:id="rId1242"/>
     <hyperlink ref="G1244" r:id="rId1243"/>
     <hyperlink ref="G1245" r:id="rId1244"/>
     <hyperlink ref="G1246" r:id="rId1245"/>
     <hyperlink ref="G1247" r:id="rId1246"/>
     <hyperlink ref="G1248" r:id="rId1247"/>
+    <hyperlink ref="G1249" r:id="rId1248"/>
+    <hyperlink ref="G1250" r:id="rId1249"/>
+    <hyperlink ref="G1251" r:id="rId1250"/>
+    <hyperlink ref="G1252" r:id="rId1251"/>
+    <hyperlink ref="G1253" r:id="rId1252"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>