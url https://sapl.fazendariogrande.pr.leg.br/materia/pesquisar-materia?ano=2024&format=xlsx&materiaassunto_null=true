--- v0 (2025-12-23)
+++ v1 (2026-02-28)
@@ -1364,51 +1364,51 @@
   </si>
   <si>
     <t>Indica seja expedido ofício ao Exmo. Sr. prefeito de Fazenda Rio Grande, Marco Marcondes, para que o mesmo, por meio do órgão municipal de trânsito, Faztrans, providencie o seguinte:_x000D_
 a)	Restauração das pinturas das faixas localizadas na Rua Ephigênio Pereira da Cruz, no bairro Pioneiros, em ambos os lados da via, especialmente no trecho entre os números 1.302 e 1.396;_x000D_
 b)	Dispositivo redutor de velocidade (tachões, por exemplo), próximo às esquinas da Rua João Gregório Barbosa, no bairro Pioneiros, especificamente no cruzamento com a Rua Ephigênio Pereira da Cruz.</t>
   </si>
   <si>
     <t>8141</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8141/indicacao_106-2024_ver._prof._leo.pdf</t>
   </si>
   <si>
     <t>Indica-se que seja expedido ofício ao Exmo. Sr. Prefeito Municipal, para que o mesmo, através do Departamento de Trânsito (FAZTRANS), realize a sinalização horizontal, na seguinte localidade: Av. Nossa Senhora do Guadalupe, nº1101 – Bairro Santa Terezinha.</t>
   </si>
   <si>
     <t>8146</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>Caio Szadskoski</t>
+    <t>Caio Szadkoski</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8146/indicacao_105-2024_ver._caio_szadkoski.pdf</t>
   </si>
   <si>
     <t>Indico seja expedido Ofício ao Excelentíssimo Senhor Prefeito Municipal, através da Secretaria responsável, para realização de estudo possibilitando a instalação de um redutor de velocidade (lombada) na rua Londres próximo ao número 940, no bairro Nações, no Município de Fazenda Rio Grande – PR</t>
   </si>
   <si>
     <t>8143</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8143/indicacao_106-2024_vera._nani_hammad.pdf</t>
   </si>
   <si>
     <t>Indico que seja expedido ofício ao Exmo. Sr. Prefeito Municipal, para que, através da Secretaria competente, que proceda a construção de uma lombada na Rua Jorge Amado, próximo ao numeral 271, Veneza, Fazenda Rio Grande.</t>
   </si>
   <si>
     <t>8151</t>
   </si>
   <si>
     <t>107</t>
   </si>
@@ -1641,51 +1641,51 @@
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8194/indicacao_126-2024_ver._dr._renan_wozniack.pdf</t>
   </si>
   <si>
     <t>Indica seja expedido ofício ao Exmo. Sr. prefeito de Fazenda Rio Grande, Marco Marcondes, para que o mesmo, por meio da Secretaria competente, providencie a reinstalação do parquinho recreativo da Praça Izaltino Salvador de Souza, conhecida como Praça Tapajós, localizada no bairro Iguaçu.</t>
   </si>
   <si>
     <t>8195</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8195/indicacao_127-2024_ver._prof._leo.pdf</t>
   </si>
   <si>
     <t>Indica-se que seja expedido ofício ao Exmo. Sr. Prefeito Municipal, para que o mesmo, através do Departamento de Trânsito (FAZTRANS), Guarda Municipal e Policia Militar, realize um estudo para que possa ser instalado uma câmera de monitoramento 360º, na seguinte localidade: Manoel Claudino Barbosa esquina com a Rua João Gregório Barbosa e esquina com a Av. Paraná – Bairro Pioneiros.</t>
   </si>
   <si>
     <t>8196</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>Caio Szadskoski, Professor Léo</t>
+    <t>Caio Szadkoski, Professor Léo</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8196/indicacao_128-2024_ver._varios_vereadores.pdf</t>
   </si>
   <si>
     <t>Indica-se que seja expedido ofício ao Exmo. Sr. Prefeito Municipal, para que o mesmo, através da Secretaria Municipal de Educação, para que inclua mais um ponto de ônibus do Transporte Escolar em frente ao BIOMA Indústria, Comércio e Distribuição, localizado no seguinte endereço: Estrada Rural Adão Roik, nº1636 – neste município.</t>
   </si>
   <si>
     <t>8197</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8197/indicacao_129-2024_ver._prof._fabiano_fuba.pdf</t>
   </si>
   <si>
     <t>Indico que seja expedido ofício ao Exmo. Sr. Prefeito Municipal, para que através das secretarias municipais competentes, seja verificada a viabilidade de realizar o programa 'Prefeitura nos Bairros' no Passo Amarelo, na Escola Municipal do Campo Senador Alô Guimarães, no mesmo dia em que ocorrerá o 'Troca Verde' (15/06/2024).</t>
   </si>
   <si>
     <t>8198</t>
   </si>
   <si>
     <t>130</t>
   </si>
@@ -5786,51 +5786,51 @@
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7997/mocao_004-2024_-_pesar.pdf</t>
   </si>
   <si>
     <t>Em honra ao recente falecimento do Sr. Jacir Souza Camargo, proponho à mesa diretora na forma regimental, que seja consignada em ata, moção de pesar em honra ao falecimento do sr. Jacir Souza Camargo, ocorrido no dia 02/03/2024. Faleceu aos 79 anos empresário, filhos de Tiago Mendes de Camargo e Purciana Souza de Camargo, fica consignado por fim, nesta singela moção de pesar endereçada a toda a sua família, a nossa firme certeza de que o Sr. Jacir Souza Camargo, há de encontrar, pela sacratíssima senda do senhor, a merecida paz profunda e a definitiva felicidade, tão somente por seu merecimento, segue subscrito por todos os edis, membros desta casa de leis.</t>
   </si>
   <si>
     <t>8021</t>
   </si>
   <si>
     <t>Alex Padilha, Brandão, Doriane Hammad, Enfermeiro Zé Carlos, Gilmar José Petry, Julinho do Pesque, Maciél, Professor Hélio, Professor Léo</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8021/mocao_005-2024_-_aplausos.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Fazenda Rio Grande – PR, por intermédio do Vereador Professor Hélio e demais vereadores que abaixo subscrevem, vem por meio desta apresentar uma Moção de Aplausos aos valiosos pedagogos que têm desempenhado um papel fundamental no desenvolvimento educacional da nossa comunidade._x000D_
 É com imenso respeito e gratidão que expressamos nossa admiração por esses profissionais dedicados, cujo trabalho incansável tem impactado positivamente a vida de inúmeras crianças e jovens. Os pedagogos são verdadeiros construtores de pontes para o conhecimento, guiando os alunos na jornada da aprendizagem e fornecendo as ferramentas necessárias para o seu crescimento intelectual e emocional._x000D_
 Ao reconhecer a importância vital dos pedagogos em nosso meio, celebramos não apenas o seu compromisso com a excelência educacional, mas também a maneira como moldam cidadãos responsáveis, críticos e conscientes._x000D_
 Esta Moção de Aplausos é um tributo merecido a esses profissionais exemplares, cuja paix</t>
   </si>
   <si>
     <t>8241</t>
   </si>
   <si>
-    <t>Alexandre Maringá, Brandão, Caio Szadskoski, Doriane Hammad, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Luiz Sergio Claudino - Serjão, Marco Antonio Santos, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
+    <t>Alexandre Maringá, Brandão, Caio Szadkoski, Doriane Hammad, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Luiz Sergio Claudino - Serjão, Marco Antonio Santos, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8241/mocao_006-2024_-_pesar.pdf</t>
   </si>
   <si>
     <t>Em honra ao recente falecimento do Sr. João Vaz, proponho à mesa diretora na forma regimental, que seja consignada em ata, moção de pesar em honra ao falecimento do Sr. João Vaz, ocorrido no dia 23 de Abril de 2024. Fica consignado por fim, nesta singela moção de pesar endereçada à toda a sua família, a nossa firme certeza de que o Sr. João Vaz, há de encontrar, pela sacratíssima senda do senhor, a merecida paz profunda e a definitiva felicidade, tão somente por seu merecimento. Segue subscrito por todos os edis, membros desta Casa de Leis._x000D_
 Fazenda Rio Grande, 24 de Abril de 2024.</t>
   </si>
   <si>
     <t>8246</t>
   </si>
   <si>
     <t>Alexandre Maringá, Brandão, Doriane Hammad, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Luiz Sergio Claudino - Serjão, Marco Antonio Santos, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8246/mocao_007-2024_-_aplausos.pdf</t>
   </si>
   <si>
     <t>Moção de aplausos direcionada ao jovem atleta Fazendense Vitor Mateus Marcelino de Paula, pelo seu destaque reconhecido a nível nacional e internacional, através da modalidade de Powerlifting.</t>
   </si>
   <si>
     <t>8290</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8290/mocao_008-2024_-_aplausos.pdf</t>
@@ -5852,168 +5852,168 @@
   <si>
     <t>A Câmara Municipal de Fazenda Rio Grande por intermédio desta Moção de Aplausos, vem parabenizar através da Vereadora Nani Hammad e os Vereadores que abaixo subscrevem, a Senhorita Karina Collaço dos Santos, coroada como MISS Fazenda Rio Grande/PR - 2024._x000D_
 _x000D_
 Karina Collaço dos Santos, com 21 anos de idade, nascida e criada em Fazenda Rio Grande/PR, atualmente reside no bairro Gralha Azul._x000D_
 _x000D_
 Sempre foi uma mulher focada em seus objetivos e muito grata pelas oportunidades. Desde que concluiu o ensino médio, não parou de estudar, formada em técnico de administração, estudante de marketing na PUC-PR, trabalha na área de publicidade e propaganda, tendo em vista que a profissão tem uma forte expansão no mercado, trazendo a possibilidade na comunicação de diferentes formas, que é algo que gosta muito. Empreendedora e empresária da Karina For You, no segmento de roupas femininas e acessórios._x000D_
 _x000D_
 Karina, também é miss, modelo, influenciadora nas redes sociais, com a função de influenciar e inspirar</t>
   </si>
   <si>
     <t>8346</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8346/mocao_011-2024_-_aplausos.pdf</t>
   </si>
   <si>
     <t>A câmara de Fazenda Rio Grande, por intermédio do Vereador Caio Szadkoski e demais vereadores que a baixo subscrevem, vem por meio desta, expressar sua mais calorosa moção de aplausos ao Senhor Miguel Francisco de Oliveira (kico), um dos fundadores do nosso CTG._x000D_
        Esta moção visa enaltecer o esforço e determinação do Sr. Miguel Francisco de Oliveira que vem a anos revivendo a tradição dos Rodeios em nossa cidade. Seus empenhos em trazer de volta a cultura e tradição do famoso “gigante” rodeio de Fazenda Rio Grande são de suma importância para a história da nossa cidade e de nossa população._x000D_
        Nascido no dia 09 de dezembro de 1970, em Anita Garibaldi (Município do Estado de Santa Catarina), filho de Terezinha e José, pai de Franceline de 28 anos e Micaele com 23 anos._x000D_
  Miguel veio para a Fazenda Rio Grande em Abril de 1989, um ano após seus primos Eutimio, José Luis, Marilda, Maria Inês, entre outros instituidores que fundaram o CTG. Miguel migrou para a cidade para dedicar-se</t>
   </si>
   <si>
     <t>8376</t>
   </si>
   <si>
-    <t>Brandão, Caio Szadskoski, Dr. Renan Wozniack, Luiz Sergio Claudino - Serjão, Marco Antonio Santos, Professor Léo, Rafael Campaner, Sandro do Proteção</t>
+    <t>Brandão, Caio Szadkoski, Dr. Renan Wozniack, Luiz Sergio Claudino - Serjão, Marco Antonio Santos, Professor Léo, Rafael Campaner, Sandro do Proteção</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8376/mocao_012-2024_-_aplausos.pdf</t>
   </si>
   <si>
     <t>A câmara de Fazenda Rio Grande, por intermédio do Vereador Caio Szadkoski e demais vereadores que a baixo subscrevem, vem por meio desta expressar sua mais calorosa moção de aplausos ao Senhor Gustavo Gonçales Quadros, engenheiro da secretaria de obras._x000D_
     Esta moção visa enaltecer o dedicado empenho do Sr. Gustavo Gonçales Quadros que vem a anos entregando um trabalho excepcional na área da Secretaria de Obras da nossa Cidade. Seu comprometimento e competência tem sido fundamental no crescimento e desenvolvimento da nossa Cidade._x000D_
     Nascido em 08 de agosto de 1980. Natural de Ourinhos (Cidade localizada no Estado de São Paulo). Casado com a Sra. Roberta Maria do Sacramento Espindula de Jesus, pai de 3 filhos: Maria Rita, Miguel e Elisa._x000D_
     No momento presente o Sr. Gustavo reside em Fazenda Rio Grande, onde há mais de 22 anos escolheu como cidade para estanciar e construir sua família. Seus trabalhos se deram início aos 18 anos de idade, sendo então estagiário em uma empresa de Top</t>
   </si>
   <si>
     <t>8483</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8483/mocao_014-2024_-_pesar.pdf</t>
   </si>
   <si>
     <t>Em honra ao recente falecimento do Sr. Renato Wozniack, proponho à mesa diretora na forma regimental, que seja consignada em ata, esta moção de pesar._x000D_
 	Renato Wozniack, filho de Andre e Izabel Wozniack, nasceu em 24 de fevereiro de 1942, no município de São José dos Pinhais/PR. Irmão de Bernardo (conhecido como Dinho Wozniack, ex-vereador de Fazenda Rio Grande), Vital, Albino e Cláudio, Renato fez parte de uma família pioneira que ajudou na construção de Fazenda Rio Grande._x000D_
 Renato tinha uma olaria de tijolos, que foi uma das primeiras da cidade e também uma das primeiras a adquirir marombas, maquinário que trouxe avanço tecnológico para uma região que ainda possuía poucos habitantes. Sua família fez uma contribuição especial na edificação da Capela do Santo Antônio, no Passo Amarelo, assim como ajudou a impulsionar o desenvolvimento econômico da cidade._x000D_
 Casou-se com Diva Alice Machado Wozniack com a qual esteve por 52 anos e teve três filhos: Renato Tadeu, Rubiane e Renan Gabriel (atua</t>
   </si>
   <si>
     <t>8766</t>
   </si>
   <si>
-    <t>Alexandre Maringá, Brandão, Caio Szadskoski, Doriane Hammad, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Marco Antonio Santos, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
+    <t>Alexandre Maringá, Brandão, Caio Szadkoski, Doriane Hammad, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Marco Antonio Santos, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8766/mocao_015-2024_aplausos.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Fazenda Rio Grande, por intermédio desta MOÇÃO DE APLAUSOS, vem parabenizar a Polícia Militar, através dos soldados Elias, Miranda e Marcos, durante a operação realizada no dia 19/08/2024, conseguiram salvar uma pessoa de cometer suicídio._x000D_
 Na data de 19/08/2024, as equipes deslocaram-se no atendimento de diligência no bairro Eucaliptos, para socorrer uma pessoa do sexo feminino, portando uma faca e que estaria realizando ameaças a outros indivíduos em via pública._x000D_
 Prontamente, a equipe realizou os procedimentos de segurança no local, para a proteção dela e da própria equipe policial, momento em que passaram a realizar a abordagem técnica e fazer contato com a pessoa, identificando-se e desde logo informando que estavam ali para ajudá-la. Durante o delicado procedimento de negociação, os profissionais de segurança estabeleceram contato e constataram tratar-se de ocorrência do chamado "Suicide by Cop", termo em inglês utilizado para descrever a expressão de pessoa</t>
   </si>
   <si>
     <t>8810</t>
   </si>
   <si>
-    <t>Brandão, Caio Szadskoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Marco Antonio Santos, Prof. Fabiano Fubá, Rafael Campaner</t>
+    <t>Brandão, Caio Szadkoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Marco Antonio Santos, Prof. Fabiano Fubá, Rafael Campaner</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8810/mocao_016-2024_-_aplausos.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Fazenda Rio Grande, por intermédio desta MOÇÃO DE APLAUSOS, vem parabenizar a Diretora Vanessa Diaz e a Vice-Diretora Karina Azevedo da Escola Municipal Antônio Baldan, que realizaram um parto com as orientações de um médico do Samu por telefone._x000D_
 Por volta das 10h da manhã do dia 29 de outubro de 2024, a Diretora Vanessa recebeu a notícia de que uma mulher residente próxima à escola se encontrava em trabalho de parto. De imediato, acompanhada pela Vice-Diretora Karina, ambas se dirigiram até o local para prestar auxílio à parturiente._x000D_
 Ao chegar no local, em uma demonstração de serenidade e comprometimento, ofereceram também o suporte emocional e o encorajamento para que esse momento único e esperado pela mãezinha fosse garantido, Karina entrou em contato com o Serviço de Atendimento Móvel de Urgência (SAMU), pelo número 192, onde receberam orientações remotamente por um médico da base do SAMU em Curitiba, Vanessa e Karina seguiram todas as instruções repassadas pe</t>
   </si>
   <si>
     <t>8826</t>
   </si>
   <si>
-    <t>Alexandre Maringá, Brandão, Caio Szadskoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Marco Antonio Santos, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
+    <t>Alexandre Maringá, Brandão, Caio Szadkoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Marco Antonio Santos, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8826/mocao_017-2024_ver._rafael_campaner.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Fazenda Rio Grande, por intermédio desta Moção de Aplausos, vem parabenizar o evento Miss Fazenda Rio Grande, em reconhecimento ao brilhante trabalho realizado, que com visão, dedicação e excelência, se tornou um dos eventos de maior prestígio da nossa cidade.  _x000D_
 	Em julho deste ano, aconteceu com grande sucesso o Miss Kids Fazenda Rio Grande, revelando os talentos da nova geração: Enzo como Mister Infantil, Allana como Miss Infantil e Kauany como Miss Pré-Teen.  _x000D_
 	Destacamos também a trajetória de Nicoli Lima, Miss Fazenda Rio Grande 2024, que representou com maestria a nossa cidade no Miss Universe Paraná, elevando o nome de Fazenda Rio Grande em uma das maiores competições de beleza do estado.  _x000D_
 	No último dia 23 de novembro, o evento alcançou seu ápice com a realização do Miss Fazenda Rio Grande 2025, coroando Alanys Zonta como Miss Fazenda Rio Grande 2025, Bianca Souza como Miss Teen Fazenda Rio Grande 2025 e Juliandro como Mister Fazenda Rio Grande 2025.</t>
   </si>
   <si>
     <t>8853</t>
   </si>
   <si>
-    <t>Alexandre Maringá, Brandão, Caio Szadskoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Luiz Sergio Claudino - Serjão, Marco Antonio Santos, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
+    <t>Alexandre Maringá, Brandão, Caio Szadkoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Luiz Sergio Claudino - Serjão, Marco Antonio Santos, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8853/mocao_de_aplausos_018-2024.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Fazenda Rio Grande, por intermédio desta Moção de Aplausos, vem parabenizar a nossa Atleta NICOLLY CANDEU RIBAS, através do Vereador Professor Léo e demais vereadores que assinam abaixo, para expressar sua mais sincera homenagem, em reconhecimento a seu empenho e dedicação ao esporte._x000D_
 	A atleta, que reside em Fazenda Rio Grande (PR), representou nosso município no Campeonato Mundial de Patins na Itália – WORD SKATE GAME, no mês de setembro de 2024, onde ela alcançou o 3º lugar na categoria Park Junior._x000D_
 Tendo seu pai como treinador, ela pratica o esporte desde os 7 anos de idade, e desde então vem participando de campeonatos nacionais e agora internacionais. Conquistando vários títulos em campeonatos federados e eventos não oficiais, ela conquistou pódios no 3º lugar no Campeonato Brasileiro de Patins Street, que foi onde ela conseguiu a vaga para competir no mundial de patins na Itália._x000D_
 O esporte é fundamental para todos, e termos exemplos como a atleta Nicolly, m</t>
   </si>
   <si>
     <t>8865</t>
   </si>
   <si>
     <t>Brandão, Doriane Hammad, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Luiz Sergio Claudino - Serjão, Marco Antonio Santos, Professor Léo, Sandro do Proteção</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8865/mocao_de_aplausos_019-2024.pdf</t>
   </si>
   <si>
     <t>A Câmara Municipal de Fazenda Rio Grande por intermédio dessa MOÇÃO vem manifestar seus respeitosos APLAUSOS ao SOLDADO LEANDRO MACHADO FIGURSKI DOS SANTOS do 17º BATALHÃO DE POLÍCIA MILITAR DO ESTADO DO PARANÁ, pelo excelente trabalho realizado no qual, com grande êxito evitou um assalto a um estabelecimento comercial no município de Fazenda Rio Grande._x000D_
 _x000D_
 No dia 23 de outubro de 2024, por volta das 22h05, dirigi-me a uma farmácia no bairro Gralha Azul, em Fazenda Rio Grande, para adquirir uma escova de dentes e barras de cereais. Após realizar a compra, entrei em meu veículo e abri uma das barras de cereais para consumi-la. Ao olhar para o lado esquerdo, notei um veículo Sandero prata estacionando a uma certa distância da farmácia, e dois indivíduos, ao descerem, colocaram as toucas dos moletons que vestiam e ajeitaram algo na cintura. Às 22h07, achei a situação estranha, pois não fazia frio e já havia relatos de um veículo Sandero com as mesmas características que teria sido furtado.</t>
   </si>
   <si>
     <t>7963</t>
   </si>
   <si>
     <t>PD</t>
   </si>
   <si>
     <t>Projeto de Decreto</t>
   </si>
   <si>
     <t>Brandão, Julinho do Pesque, Luiz Sergio Claudino - Serjão, Maciél, Marco Antonio Santos, Professor Hélio, Professor Léo</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7963/projeto_de_decreto_legislativo_01-2024.pdf</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão Honorário ao Senhor Darci Piana, em reconhecimento pelos bons e relevantes serviços prestados a este Município.</t>
   </si>
   <si>
     <t>8229</t>
   </si>
   <si>
-    <t>Alexandre Maringá, Caio Szadskoski, Doriane Hammad, Dr. Renan Wozniack, Gilmar José Petry, Marco Antonio Santos, Prof. Fabiano Fubá</t>
+    <t>Alexandre Maringá, Caio Szadkoski, Doriane Hammad, Dr. Renan Wozniack, Gilmar José Petry, Marco Antonio Santos, Prof. Fabiano Fubá</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8229/projeto_de_decreto_legislativo_02-2024_varios_vereadores.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a atribuição de Menção Honrosa, e dá outras providências”.</t>
   </si>
   <si>
     <t>7995</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo</t>
   </si>
   <si>
     <t>Marco Antônio Marcondes Silva</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7995/projeto_de_lei_complementar_001-2024_executivo.pdf</t>
   </si>
   <si>
     <t>“Altera a redação do parágrafo único, do artigo 1º, da Lei Complementar n. 178, de 18 de dezembro de 2018, conforme especifica”.</t>
   </si>
@@ -9894,51 +9894,51 @@
     <t>8656</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8656/requerimento_299-2024_ver._marco_antonio.pdf</t>
   </si>
   <si>
     <t>Requer que seja expedido ofício ao Exmo. Sr. Prefeito Municipal, para que o mesmo através da secretaria competente informe a essa Casa de Leis acerca do Projeto de Lei nº 025/2022, “súmula: Autoriza o poder executivo a contratar a operação de crédito com a Caixa Econômica federal e confere outras providências”:_x000D_
 _x000D_
 a)	Quais obras foram realizadas/iniciadas, com a operação de crédito contratada?_x000D_
 b)	Quais os veículos e equipamentos que foram adquiridos?_x000D_
 c)	Quais reformas de edificações públicas foram realizadas?</t>
   </si>
   <si>
     <t>8654</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8654/requerimento_300-2024_ver._serjao.pdf</t>
   </si>
   <si>
     <t>Requer à mesa na forma regimental, após aprovação deste plenário, seja expedido ofício à COMEC – Coordenação da Região Metropolitana de Curitiba e a Empresa Leblon Transporte de Passageiros para que esclareçam o motivo pela qual foi retirado a linha de ônibus Estados II, sendo esta, a qual passava pela Rua Pernambuco bairro Estados, município de Fazenda Rio Grande. Havendo esse esclarecimento solicito para que encaminhem à esta Casa de Leis a possibilidade de reaver essa rota novamente.</t>
   </si>
   <si>
     <t>8687</t>
   </si>
   <si>
-    <t>Alexandre Maringá, Brandão, Caio Szadskoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Luiz Sergio Claudino - Serjão, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
+    <t>Alexandre Maringá, Brandão, Caio Szadkoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Luiz Sergio Claudino - Serjão, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8687/requerimento_301-2024_varios_vereadores.pdf</t>
   </si>
   <si>
     <t>Requerem à mesa na forma regimental, após aprovação deste plenário, seja expedido ofício à AMEP – Agência de Assuntos Metropolitanos do Paraná para que juntamente da Prefeitura Municipal de Fazenda Rio Grande e Prefeitura Municipal de Curitiba, realizem estudos e viabilizem uma rampa ou elevador para PCDs e pessoas com mobilidade reduzida, na Estação tubo Carlos Gomes, a qual passou por reformas recentemente, porém a acessibilidade não foi concedida, violando direitos e deferindo o princípio da Isonomia.</t>
   </si>
   <si>
     <t>8657</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8657/requerimento_302-2024_ver._caio_szadkoski.pdf</t>
   </si>
   <si>
     <t>Requer que seja expedido oficio ao Excelentíssimo Senhor Prefeito Municipal, para que através da Secretaria competente, providencie as seguintes benfeitorias:_x000D_
 1.	Solicito que realize estudo e após instalação de travessia elevada em frente ao condomínio Pássaros 1 (1526), na Rua Francisco da Conceição Machado devido ao auto fluxo de pedestres nesta localidade;_x000D_
 2.	Solicito que realize a sinalização vertical e horizontal, dentre elas o amarelamento da faixa lateral, com extrema urgência visto a falta de sinalização, o que tem prejudicado a visibilidade e segurança no trânsito.</t>
   </si>
   <si>
     <t>8666</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8666/requerimento_303-2024_ver._rafael_campaner.pdf</t>
   </si>
   <si>
@@ -11944,51 +11944,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7901/indicacao_001-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7904/indicacao_002-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7906/indicacao_003-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7902/indicacao_004-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7928/indicacao_005-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7908/indicacao_006-2024_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7915/indicacao_007-2023_ver._alex_padilha.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7916/indicacao_008-2023_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7907/indicacao_009-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7910/indicacao_010-2024_ver._julinho_do_pesque.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7929/indicacao_011-2024_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7913/indicacao_012-2024_ver._carlos_brandao.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7930/indicacao_013-2024_ver._maciel_do_dog.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7955/indicacao_014-2024_ver._julinho_do_pesque.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7937/indicacao_015-2024_ver._carlos_brandao.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7936/indicacao_016-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7942/indicacao_017-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7938/indicacao_018-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7940/indicacao_019-2024_ver._maciel_do_dog.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7944/indicacao_020-2024_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7948/indicacao_021-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7946/indicacao_022-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7954/indicacao_023-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7953/indicacao_024-2024_ver._alex_padilha.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7959/indicacao_025-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7961/indicacao_026-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7965/indicacao_027-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7969/indicacao_028-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7977/indicacao_029-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7994/indicacao_030-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7972/indicacao_031-2024_ver._maciel_do_dog.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7968/indicacao_032-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7971/indicacao_033-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7981/indicacao_034-2024_ver._julinho_do_pesque.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7973/indicacao_035-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7979/indicacao_036-2024_ver._prof._helio.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7985/indicacao_037-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7982/indicacao_038-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8009/indicacao_039-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7988/indicacao_040-2024_ver._alex_padilha.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8100/indicacao_041-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7999/indicacao_042-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8007/indicacao_043-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8001/indicacao_044-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8003/indicacao_045-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8004/indicacao_046-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8010/indicacao_047-2024_ver._carlos_brandao.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8011/indicacao_048-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8017/indicacao_049-2024_ver._alex_padilha.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8018/oficio_050-2024_camara_municipal_de_fazenda_rio_grande.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8015/indicacao_051-2024_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8020/indicacao_052-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8023/indicacao_053-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8027/indicacao_055-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8036/indicacao_056-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8030/indicacao_057-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8045/indicacao_058-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8035/indicacao_059-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8047/indicacao_060-2024_ver._julinho_do_pesque.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8041/indicacao_061-2024_ver._prof._helio.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8042/indicacao_062-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8043/requerimento_059-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8051/indicacao_064-2024_ver._maciel_do_dog.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8049/indicacao_065-2024_ver._alex_padilha.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8054/indicacao_066-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8056/indicacao_067-2024_ver._maciel_do_dog.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8074/indicacao_068-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8055/indicacao_069-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8063/requerimento_065-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8062/indicacao_071-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8059/indicacao_072-2024_ver._alex_padilha.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8067/indicacao_073-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8065/indicacao_074-2024_ver._professor_fabiano_fuba.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8060/indicacao_076-2024_ver._prof._helio.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8079/indicacao_077-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8070/indicacao_078-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8075/indicacao_079-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8086/indicacao_080-2024_ver._carlos_brandao.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8090/indicacao_081-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8089/indicacao_082-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8092/indicacao_083-2024_ver._maciel_do_dog.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8095/indicacao_084-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8103/indicacao_085-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8098/requerimento_084-2024_ver._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8097/indicacao_087-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8110/indicacao_088-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8107/indicacao_089-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8119/indicacao_090-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8117/indicacao_092-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8118/indicacao_093-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8121/indicacao_094-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8128/indicacao_095-2024_dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8124/indicacao_096-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8126/indicacao_097-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8130/indicacao_098-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8137/indicacao_099-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8132/indicacao_100-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8160/indicacao_101-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8153/indicacao_102-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8139/indicacao_103-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8141/indicacao_106-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8146/indicacao_105-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8143/indicacao_106-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8151/indicacao_107-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8158/indicacao_108-2024_ver._carlos_brandao.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8148/indicacao_109-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8164/indicacao_110-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8156/indicacao_111-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8161/indicacao_112-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8166/indicacao_113-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8170/indicacao_114-2024_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8179/indicacao_115-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8180/indicacao_116-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8177/indicacao_117-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8178/indicacao_118-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8174/indicacao_119-2024_ver._gilmar_petry.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8183/indicacao_120-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8186/indicacao_122-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8182/indicacao_123-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8187/indicacao_124-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8189/indicacao_125-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8194/indicacao_126-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8195/indicacao_127-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8196/indicacao_128-2024_ver._varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8197/indicacao_129-2024_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8198/indicacao_130-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8199/indicacao_131-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8200/indicacao_132-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8201/indicacao_133-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8202/indicacao_134-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8203/indicacao_135-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8204/indicacao_136-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8205/indicacao_137-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8206/indicacao_138-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8217/indicacao_139-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8219/indicacao_140-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8224/indicacao_141-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8220/indicacao_142-2024_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8222/indicacao_143-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8230/indicacao_144-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8236/indicacao_145-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8233/indicacao_146-2024_ver._carlos_brandao.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8228/indicacao_147-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8227/indicacao_148-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8242/indicacao_149-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8237/indicacao_150-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8244/indicacao_151-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8247/indicacao_152-2024_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8248/indicacao_153-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8251/indicacao_154-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8252/requerimento_139-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8254/indicacao_156-2024_ver._carlos_brandao.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8266/indicacao_157-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8263/indicacao_158-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8257/indicacao_159-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8262/indicacao_160-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8258/indicacao_161-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8269/indicacao_162-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8280/indicacao_163-2024_ver._enfermeiro_ze_carlos..pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8272/indicacao_164-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8276/indicacao_165-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8277/indicacao_166-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8274/indicacao_167-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8287/indicacao_168-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8278/indicacao_169-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8282/indicacao_170-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8285/indicacao_171-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8289/indicacao_172-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8296/indicacao_173-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8302/indicacao_174-2024_ver._prof._leo..pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8319/indicacao_175-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8303/indicacao_176-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8305/indicacao_177-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8307/indicacao_178-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8312/indicacao_179-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8308/indicacao_180-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8309/indicacao_181-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8317/indicacao_182-2024_ver._rafael_camapaner.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8315/indicacao_183-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8321/indicacao_184-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8324/indicacao_185-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8331/indicacao_186-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8327/indicacao_187-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8329/indicacao_188-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8330/indicacao_189-2024_ver._carlos_brandao.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8336/indicacao_190-2024_vera_nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8349/indicacao_191-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8333/indicacao_192-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8340/indicacao_193-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8341/indicacao_194-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8338/indicacao_195-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8351/indicacao_196-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8350/indicacao_197-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8345/indicacao_198-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8352/indicacao_199-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8357/indicacao_200-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8362/indicacao_201-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8358/indicacao_202-2024_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8360/indicacao_203-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8363/indicacao_204-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8364/indicacao_205-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8366/indicacao_206-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8367/indicacao_207-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8368/indicacao_208-2024_ver._carlos_brandao.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8371/indicacao_209-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8375/indicacao_210-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8378/indicacao_211-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8391/indicacao_213-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8381/indicacao_214-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8402/indicacao_215-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8397/indicacao_216-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8412/indicacao_217-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8384/indicacao_218-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8386/indicacao_219-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8395/indicacao_220-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8392/indicacao_221-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8387/indicacao_222-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8399/indicacao_223-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8401/indicacao_224-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8403/indicacao_225-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8415/indicacao_226-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8423/indicacao_227-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8413/indicacao_228-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8421/indicacao_229-2024_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8422/indicacao_230-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8420/indicacao_231-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8426/indicacao_232-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8427/indicacao_233-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8428/indicacao_234-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8435/indicacao_235-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8432/indicacao_236_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8457/indicacao_237-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8456/indicacao_238-2024_ver._carlos_brandao.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8453/indicacao_239-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8454/indicacao_240-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8460/indicacao_241-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8461/indicacao_242-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8462/indicacao_243-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8466/indicacao_244-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8479/indicacao_245-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8476/indicacao_246-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8469/indicacao_247-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8474/indicacao_248-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8482/indicacao_249-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8484/indicacao_250-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8485/indicacao_251-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8486/indicacao_252-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8487/indicacao_253-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8488/indicacao_254-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8490/indicacao_256-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8507/indicacao_257-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8491/indicacao_258-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8492/indicacao_259-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8506/indicacao_260-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8510/indicacao_261-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8542/indicacao_262-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8513/indicacao_263-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8514/indicacao_264-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8515/indicacao_265-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8516/indicacao_266-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8517/indicacao_267-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8518/indicacao_268-2024_ver._rafael_campaer.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8519/indicacao_269-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8520/indicacao_270-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8521/indicacao_271-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8522/indicacao_272-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8523/indicacao_273-2027_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8543/indicacao_274-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8562/indicacao_275-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8541/indicacao_276-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8548/indicacao_277-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8545/indicacao_278-2024_ver._dr._renan.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8551/indicacao_279-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8544/indicacao_280-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8552/indicacao_281-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8556/indicacao_282-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8558/indicacao_283-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8559/indicacao_284-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8577/indicacao_285-2024_ver._dr._renan.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8564/indicacao_286-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8565/indicacao_287-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8576/indicacao_288-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8573/indicacao_289-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8568/indicacao_290-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8585/indicacao_292-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8570/indicacao_293-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8581/indicacao_294-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8575/indicacao_295-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8580/indicacao_297-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8596/indicacao_298-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8590/indicacao_299-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8608/indicacao_300-2024_ver._dr._renan.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8589/indicacao_301-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8592/indicacao_302-2024_ver._carlos_brandao.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8601/indicacao_303-2024_ver._nani.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8594/indicacao_304-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8615/indicacao_305-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8599/indicacao_306-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8597/indicacao_307-2024_ver._ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8607/indicacao_308-2024_ver._fuba.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8605/indicacao_309-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8613/indicacao_310-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8633/indicacao_311-2024_ver._dr._renan.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8625/indicacao_312-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8621/indicacao_313-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8627/indicacao_314-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8618/indicacao_315-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8619/indicacao_316-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8645/indicacao_317-2024_ver._brandao.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8637/indicacao_318-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8624/indicacao_319-2024_ver._ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8634/indicacao_320-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8631/indicacao_321-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8629/indicacao_322-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8643/indicacao_323-2024_ver._fuba.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8648/indicacao_324-2024_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8650/indicacao_325-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8649/indicacao_326-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8668/indicacao_327-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8655/indicacao_328-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8651/indicacao_329-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8652/indicacao_330-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8658/indicacao_331-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8659/indicacao_332-2024_ver._brandao.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8660/indicacao_333-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8667/indicacao_334-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8661/indicacao_335-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8664/indicacao_336-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8670/indicacao_337-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8671/indicacao_338-2024_ver._dr._renan.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8672/indicacao_339-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8677/indicacao_340-2024_ver._brandao.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8673/indicacao_341-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8682/indicacao_342-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8676/indicacao_343-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8684/indicacao_344-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8679/indicacao_345-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8681/indicacao_346-2024_ver._ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8692/indicacao_347-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8694/indicacao_348-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8695/indicacao_349-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8701/indicacao_350-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8696/indicacao_351-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8709/indicacao_352-2024_ver._dr._renan.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8703/indicacao_353-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8706/indicacao_354-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8717/indicacao_355-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8711/indicacao_356-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8710/indicacao_357-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8705/indicacao_358-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8713/indicacao_359-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8714/indicacao_360-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8722/indicacao_361-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8749/indicacao_362-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8720/indicacao_363-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8723/indicacao_364-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8727/indicacao_365-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8724/indicacao_366-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8726/indicacao_367-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8728/indicacao_368-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8732/indicacao_369-2024_ver._brandao.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8736/indicacao_370-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8740/indicacao_371-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8734/indicacao_372-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8738/indicacao_373-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8762/indicacao_374-2024_ver._dr_renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8747/indicacao_375-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8748/indicacao_376-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8744/indicacao_377-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8751/indicacao_378-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8756/indicacao_379-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8755/indicacao_380-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8757/indicacao_381-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8758/indicacao_382-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8763/indicacao_383-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8774/indicacao_384-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8768/indicacao_385-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8788/indicacao_386-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8770/indicacao_387-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8771/indicacao_388-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8772/indicacao_389-2024_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8776/indicacao_390-2024_ver._carlos_brandao.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8778/indicacao_391-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8786/indicacao_392-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8781/indicacao_393-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8782/indicacao_394-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8794/indicacao_395-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8801/indicacao_396-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8803/indicacao_397-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8816/indicacao_398-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8812/indicacao_399-2024_ver._dr._renan.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8797/indicacao_400-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8804/indicacao_401-2024_ver._brandao.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8799/indicacao_402-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8806/indicacao_403-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8808/indicacao_404-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8819/indicacao_405-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8821/indicacao_406-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8822/indicacao_407-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8825/indicacao_408-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8840/indicacao_409-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8829/indicacao_410-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8831/indicacao_411-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8832/indicacao_412-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8827/indicacao_413-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8834/indicacao_414-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8839/indicacao_415-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8837/indicacao_416-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8843/indicacao_417-2024_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8846/indicacao_418-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8852/indicacao_419-2024_ver._brandao.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8849/indicacao_420-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8875/indicacao_421-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8863/indicacao_422-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8851/indicacao_423-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8857/indicacao_424-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8861/indicacao_425-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8867/indicacao_426-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8859/indicacao_427-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8872/indicacao_428-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8864/indicacao_429-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8869/indicacao_430-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8871/indicacao_431-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8890/indicacao_432-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8884/indicacao_433-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8886/indicacao_n_434-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8887/indicacao_435-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8879/indicacao_436-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8894/indicacao_437-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8891/indicacao_438-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8898/indicacao_439-2024_ver._brandao.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8899/indicacao_440-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8903/indicacao_441-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8907/indicacao_442-2024_ver._dr_renan.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8910/indicacao_443-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8900/indicacao_444-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8905/indicacao_445-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8908/indicacao_446-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8915/indicacao_447-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8917/indicacao_448-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8923/indicacao_449-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8918/indicacao_450-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8920/indicacao_451-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8926/indicacao_452-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8947/indicacao_453-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8927/indicacao_454-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8934/indicacao_455-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8929/indicacao_456-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8931/indicacao_457-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8935/indicacao_458-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8937/indicacao_459-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8940/indicacao_460-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8944/indicacao_461-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8943/indicacao_462-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8946/indicacao_463-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7962/mocao_001-2024.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8000/mocao_002-2024_-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7997/mocao_004-2024_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8021/mocao_005-2024_-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8241/mocao_006-2024_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8246/mocao_007-2024_-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8290/mocao_008-2024_-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8320/mocao_009-2024_-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8346/mocao_011-2024_-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8376/mocao_012-2024_-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8483/mocao_014-2024_-_pesar.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8766/mocao_015-2024_aplausos.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8810/mocao_016-2024_-_aplausos.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8826/mocao_017-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8853/mocao_de_aplausos_018-2024.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8865/mocao_de_aplausos_019-2024.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7963/projeto_de_decreto_legislativo_01-2024.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8229/projeto_de_decreto_legislativo_02-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7995/projeto_de_lei_complementar_001-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8081/projeto_de_lei_complementar_002-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8082/projeto_de_lei_complementar_003-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8083/projeto_de_lei_complementar_004-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8084/projeto_de_lei_complementar_005-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8270/projeto_de_lei_complementar_006-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8444/projeto_de_lei_complementar_007-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8445/projeto_de_lei_complementar_008-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8446/projeto_de_lei_complementar_009-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8447/projeto_de_lei_complementar_010-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8448/projeto_de_lei_complementar_011-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8449/projeto_de_lei_complementar_012-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8450/projeto_de_lei_complementar_013-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8509/projeto_de_lei_complementar_014-2024.pdf" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8877/projeto_de_lei_complementar_015-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8922/projeto_de_lei_complementar_016-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8951/projeto_de_lei_complementar_017-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7996/projeto_de_lei_complementar_001-2024_legislativo.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8167/projeto_de_lei_complementar_003-2024_mesa_diretiva.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8842/projeto_de_lei_complementar_005-2024_mesa_diretiva.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7989/projeto_de_lei_001-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7990/projeto_de_lei_002-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7991/projeto_de_lei_003-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8032/projeto_de_lei_004-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8052/projeto_de_lei_005-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8033/projeto_de_lei_006-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8111/projeto_de_lei_007-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8134/projeto_de_lei_008-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8080/projeto_de_lei_009-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8112/projeto_de_lei_010-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8135/projeto_de_lei_011-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8190/projeto_de_lei_012-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8216/projeto_de_lei_013-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8294/projeto_de_lei_014-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8297/projeto_de_lei_015-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8354/projeto_de_lei_016-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8411/projeto_de_lei_017-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8436/projeto_de_lei_018-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8437/projeto_de_lei_019-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8438/projeto_de_lei_020-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8440/projeto_de_lei_021-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8441/projeto_de_lei_022-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8501/projeto_de_lei_023-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8459/projeto_de_lei_024-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8502/projeto_de_lei_025-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8503/projeto_de_lei_026-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8524/projeto_de_lei_027-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8512/projeto_de_lei_028-2024_executivo_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8555/projeto_de_lei_029-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8572/projeto_de_lei_030-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8586/projeto_de_lei_031-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8593/projeto_de_lei_032-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8588/projeto_de_lei_033-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8617/projeto_de_lei_034-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8688/projeto_de_lei_035-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8699/projeto_de_lei_036-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8761/projeto_de_lei_037-2024_executivo_loa.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8795/projeto_de_lei_038-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8856/projeto_de_lei_039-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8892/projeto_de_lei_040-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8895/projeto_de_lei_041-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8942/projeto_de_lei_042-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7983/projeto_de_lei_001-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8008/projeto_de_lei_002-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8087/projeto_de_lei_003-2024_ver._carlos_brandao.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8106/projeto_de_lei_004-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8113/projeto_de_lei_005-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8152/projeto_de_lei_006-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8155/projeto_de_lei_007-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8149/projeto_de_lei_008-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8185/projeto_de_lei_009-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8188/projeto_de_lei_010-2024_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8232/projeto_de_lei_011-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8239/projeto_de_lei_012-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8291/projeto_de_lei_013-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8293/projeto_de_lei_014-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8389/projeto_de_lei_015-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8365/projeto_de_lei_016-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8418/projeto_de_lei_017-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8405/pl_018-2024_com_emenda_aprovada_em_24a_sessao.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8465/projeto_de_lei_020-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8478/projeto_de_lei_021-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8508/projeto_de_lei_022-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8525/projeto_de_lei_023-2024.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8526/projeto_de_lei_024-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8554/projeto_de_lei_025-2024__legislativo_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8616/projeto_de_lei_026-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8604/projeto_de_lei_027-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8686/projeto_de_lei_028-2024_ver._dr._renan.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8737/projeto_de_lei_029-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8742/projeto_de_lei_030-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8784/projeto_de_lei_031-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8789/projeto_de_lei_032-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8813/projeto_de_lei_033-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8814/projeto_de_lei_034-2024_ver._dr._renan_wozniack.docx" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8912/projeto_de_lei_035-2024_mesa_direitva.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8913/projeto_de_lei_036-2024_mesa_direitva.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8948/projeto_de_lei_037-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7921/projeto_de_resolucao_01-2024.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8790/projeto_de_resolucao_002-2024.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8791/projeto_de_resolucao_003-2024.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8792/projeto_de_resolucao_004-2024.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7900/requerimento_001-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7917/requerimento_002-2024_ver._alex_padilha.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7903/requerimento_003-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7912/requerimento_004-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7905/requerimento_005-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7918/requerimento_006-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7911/requerimento_007-2024_ver._julinho_do_pesque.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7909/requerimento_008-2024_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7914/requerimento_009-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7931/requerimento_010-2024_ver._maciel_do_dog.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7932/requerimento_011-2024_ver._ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7933/requerimento_012-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7941/requerimento_013-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7939/requerimento_014-2024_ver._maciel_do_dog.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7950/requerimentoi_015-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7943/requerimento_016-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7956/requerimento_017-2024_ver._julinho_do_pesque.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7947/requerimento_018-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7945/requerimento_019-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7951/requerimento_020-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7958/requerimento_021-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7949/requerimento_022-2024_ver._prof._helio.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7952/requerimento_023-2024_ver._alex_padilha.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7957/requerimento_024-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7960/requerimento_025-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7964/requerimento_026-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7974/requerimento_027-2024_ver._carlos_brandao.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7967/requerimento_028-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7970/requerimento_029-2024_ver_serjao.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8013/requerimento_030-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7975/requerimento_031-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7976/requerimento_032-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7978/requerimento_033-2024_ver._prof._helio.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7986/requerimento_034-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7993/requerimento_035-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7980/requerimento_036-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7984/requerimento_037-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7992/requerimento_038-2024_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8101/requerimento_039-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7987/requerimento_040-2024_ver._alex_padilha.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7998/requerimento_041-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8006/requerimento_042-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8024/requerimento_043-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8002/requerimento_044-2024_ver._julinho_do_pesque.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8005/requerimento_045-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8012/requerimento_046-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8016/requerimento_047-2024_ver._alex_padilha.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8014/requerimento_048-2024_ver._professor_helio.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8019/requerimento_049-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8022/requerimento_050-2024_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8038/requerimento_051-2024_verarios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8028/requerimento_052-2024_ver._carlos_brandao.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8031/requerimento_053-2024_ver._maciel_do_dog.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8029/requerimento_054-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8034/requerimento_055-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8048/requerimento_056-2024_ver._julinho_do_pesque.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8037/requerimento_057-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8040/requerimento_058-2024_ver._prof._helio.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8044/requerimento_059-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8039/requerimento_060-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8046/requerimento_061-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8050/requerimento_062-2024_ver._alex_padilha.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8053/requerimento_063-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8057/requerimento_064-2024_ver._prof._helio.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8064/requerimento_065-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8068/requerimento_066-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8061/requerimento_067-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8058/requerimento_068-2024_ver._alex_padilha.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8069/requerimento_069-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8066/requerimento_070-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8072/requerimento_071-2024_ver._maciel_do_dog.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8078/requerimento_072-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8071/requerimento_073-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8076/requerimento_074-2024_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8077/requerimento_075-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8091/requerimento_076-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8088/requerimento_077-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8104/requerimento_078-2024_ver._julinho_do_pesque.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8094/requerimento_079-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8093/requerimento_080-2024_ver._maciel_do_dog.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8102/requerimento_081-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8109/requerimento_082-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8105/requerimento_083-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8099/requerimento_084-2024_ver._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8096/requerimento_085-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8108/requerimento_086-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8123/requerimento_087-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8115/requerimento_088-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8122/requerimento_089-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8120/requerimento_090-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8116/requerimento_091-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8127/requerimento_092-2024_dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8133/requerimento_093-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8129/requerimento_094-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8125/requerimento_095-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8131/requerimento_096-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8145/requerimento_097-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8154/requerimeno_098-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8138/requerimento_099-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8142/requerimento_100-2024_vera_nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8150/requerimento_101-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8159/requerimento_102-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8140/requerimento_103-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8144/requerimento_104-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8147/requerimento_105-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8163/requerimento_106-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8157/requerimento_107-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8162/requerimento_108-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8165/requerimento_109-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8171/requerimento_110-2024_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8172/requerimento_111-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8181/requerimento_112-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8175/requerimento_113-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8173/requerimento_114-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8176/requerimento_115-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8184/requerimento_116-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8207/requerimento_117-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8208/requerimento_118-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8209/requerimento_119-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8210/requerimento_120-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8211/requerimento_121-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8212/requerimento_122-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8213/requerimento_123-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8214/requerimento_124-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8215/requerimento_125-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8245/requerimento_126-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8218/requerimento_127-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8223/requerimento_128-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8221/reuqerimento_129-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8234/requerimento_130-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8231/requerimento_131-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8235/requerimento_132-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8225/requerimento_133-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8226/requerimento_134-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8238/requerimento_135-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8240/requerimento_136-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8249/requerimento_138-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8250/requerimento_138-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8253/requerimento_139-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8260/requerimento_140-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8265/requerimento_141-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8261/requerimento_140-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8255/requerimento_143-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8256/requerimento_144-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8259/requerimento_145-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8268/requerimento_146-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8267/requerimento_147-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8264/requerimento_148-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8271/requerimento_149-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8275/requerimento_150-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8286/requerimento_151-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8283/requerimento_152-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8273/requerimento_153-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8279/requerimento_154-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8281/requerimento_155-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8284/requerimento_156-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8292/requerimento_157-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8288/requerimento_158-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8295/requerimento_159-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8304/requerimento_n160-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8306/requerimento_161-2024_ver._gilmar_petry.odt" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8310/requerimento_162-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8311/requerimento_163-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8313/requerimento_164-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8318/requerimento_165-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8316/requerimento_166-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8314/requerimento_167-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8322/requerimento_168-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8325/requerimento_169-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8323/requerimento_170-2024_ver._enfermeiro_ze_caros.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8326/requerimento_171-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8332/requerimento_172-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8334/requerimento_173-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8328/requerimento_174-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8335/requerimento_175-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8339/requerimento_176-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8344/requerimento_177-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8353/requerimento_178-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8342/requerimento_179-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8337/requerimento_180-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8343/requerimento_181-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8347/requerimento_182-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8348/requerimento_183-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8355/requerimento_184-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8361/requerimento_185-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8356/requerimento_186-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8359/requerimento_187-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8369/requerimento_188-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8370/requerimento_189-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8372/requerimento_190-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8373/requerimento_192-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8374/requerimento_192-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8379/requerimento_193-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8377/requerimento_194-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8390/requerimento_195-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8382/requerimento_196-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8396/requerimento_197-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8383/requerimento_198-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8385/requerimento_199-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8394/requerimento_200-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8388/requerimento_201-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8398/requerimento_202-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8400/requerimento_203-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8393/requerimento_204-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8404/requerimento_205-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8414/requerimento_206-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8416/requerimento_207-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8417/requerimento_208-2024_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8419/requerimento_209-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8434/requerimento_210-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8425/requerimento_211-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8424/requerimento_212-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8429/requerimento_213-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8430/requerimento_215-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8431/requerimento_216-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8433/requerimento_217-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8458/requerimento_218-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8451/requerimento_219-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8452/requerimento_220-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8455/requerimento_221-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8463/requerimento_222-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8464/requerimento_223-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8467/requerimento_224-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8480/requerimento_225-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8477/requerimento_226-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8468/requerimento_227-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8475/requerimento_228-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8481/requerimento_229-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8493/requerimento_230-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8494/requerimento_231-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8495/requerimento_232-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8496/requerimento_233-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8498/requerimento_235-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8504/requerimento_237-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8500/requerimento_238-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8505/requerimento_239-2024_ver._professor_leo.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8511/requerimento_240-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8527/requerimento_241-2024_ver._carlos_brandao.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8528/requerimento_242-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8529/requerimento_243-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8530/requerimento_244-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8531/requerimento_245-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8532/requerimento_246-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8533/requerimento_247-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8534/requerimento_248-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8535/requerimento_249-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8536/requerimento_250-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8537/requerimento_251-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8538/requerimento_252-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8539/requerimento_253-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8546/requerimento_254-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8563/requerimento_255-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8540/requerimento_256-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8549/requerimento_257-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8547/requerimento_258-2024_ver._dr._renan.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8550/requerimento_259-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8557/requerimento_261-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8560/requerimento_262-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8561/requerimento_263-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8566/requerimento_264-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8574/requerimento_265-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8567/requerimento_266-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8579/requerimento_267-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8569/requerimento_268-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8583/requerimento_269-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8571/requerimento_270-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8578/requerimento_271-2024_ver._dr._renan.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8584/requerimento_272-2024_ver._prof._fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8582/requerimento_273-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8612/requerimento_275-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8591/requerimento_276-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8602/requerimento_277-2024_ver._nani.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8595/requerimento_278-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8609/requerimento_279-2024_ver._dr._renan.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8611/requerimento_280-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8600/requerimento_281-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8610/requerimento_282-2024_ver._fuba.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8606/requerimento_283-2024_ver._ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8603/requerimento_284-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8614/requerimento_285-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8628/requerimento_286-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8632/requerimento_287-2024_ver._dr._renan.pdf" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8626/requerimento_288-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8622/requerimento_289-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8620/requerimento_290-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8636/requerimento_291-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8638/requerimento_292-2024_ver._ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8630/requerimento_293-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8635/requerimento_294-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8644/requerimento_295-2024_ver._fuba.pdf" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8646/requerimento_296-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8647/requerimento_297-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8653/requerimento_298-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8656/requerimento_299-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8654/requerimento_300-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8687/requerimento_301-2024_varios_vereadores.pdf" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8657/requerimento_302-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8666/requerimento_303-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8662/requerimento_304-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8665/requerimento_305-2024_ver._professro_leo.pdf" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8663/requerimento_306-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8669/requerimento_307-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8678/requerimento_308-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8674/requerimento_309-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8683/requerimento_310-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8675/requerimento_311-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8685/requerimento_312-2024_ver._dr._renan.pdf" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8680/requerimento_313-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8691/requerimento_314-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8693/requerimento_315-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8697/requerimento_316-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8698/requerimento_317-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8700/requerimento_318-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8708/requerimento_319-2024_ver._dr._renan.pdf" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8716/requerimento_320-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8707/requerimento_321-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8704/requerimento_322-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8712/requerimento_323-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8715/requerimento_324-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8721/requerimento_325-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8719/requerimento_326-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8725/requerimento_327-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8729/requerimento_328-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8730/requerimento_329-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8731/requerimento_330-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8735/requerimento_331-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8733/requerimento_333-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8739/requerimento_334-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8746/requerimento_335-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8745/requerimento_336-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8743/requerimento_337-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8752/requerimento_338-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8750/requerimento_339-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8753/requerimento_340-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8754/requerimento_341-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8760/requerimento_342-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8759/requerimento_343-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8764/requerimento_344-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8775/requerimento_345-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8767/requerimento_346-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8769/requerimento_347-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8787/requerimento_348-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8773/requerimento_349-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8785/requerimento_350-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8779/requerimento_351-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8780/requerimento_352-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8783/requerimento_353-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8793/requerimento_354-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8800/requerimento_355-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8805/requerimento_356-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8815/requerimento_357-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8796/requerimento_358-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8798/requerimento_359-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8807/requerimento_360-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8809/requerimento_361-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8818/requerimento_362__vereador_professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8811/requerimento_363-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8820/requerimento_364-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8823/requerimento_365-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8824/requerimento_366-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8833/requerimento_367-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8828/requerimento_368-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8830/requerimento_369-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8866/requerimento_370-2024_ver_marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8838/requerimento_371-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8835/requerimento_372-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8836/requerimento_373-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8844/requerimento_374-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8841/requerimento_375-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8847/requerimento_376-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8845/requerimento_377-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8848/requerimento_378-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8876/requerimento_379-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8850/requerimento_380-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8858/requerimento_381-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8860/requerimento_382-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8862/requerimento_383-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8868/requerimento_384-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8873/requerimento_385-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8870/requerimento_386-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8874/requerimento_387-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8889/requerimento_388-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8883/requerimento_389-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8885/requerimento_390-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8888/requerimento_391-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8878/requerimento_392-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8893/requerimento_393-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8902/requerimento_394-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8901/requerimento_395-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8904/requerimento_396-2024_ver._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8911/requerimento_397-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8906/requerimento_398-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8909/requerimento_399-2024_ver._enfermeiro_ze_carlos.pdf" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8914/requerimento_400-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8921/requerimento_401-2024_ver._dr_renan.pdf" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8916/requerimento_402-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8919/requerimetno_403-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8924/requerimento_404-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8928/requerimento_405-2024_vera._nani_hammad.pdf" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8925/requerimento_406-2024_ver._professor_fabiano_fuba.pdf" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8933/requerimento_407-2024_ver._serjao.pdf" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8930/requerimento_408-2024_ver._gilmar_petry.pdf" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8932/requerimento_409-2024_ver._caio_szadkoski.pdf" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8938/requerimento_410-2024_ver._marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8936/requerimento_411-2024_ver._dr._renan_wozniack.pdf" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8941/requerimento_412-2024_ver._alexandre_maringa.pdf" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8939/requerimento_413-2024_ver._rafael_campaner.pdf" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8945/requerimento_414-2024_ver._prof._leo.pdf" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8950/requerimento_415-2024_ver._sandro_do_protecao.pdf" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7922/mensagem_de_veto_001-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8243/mensagem_de_veto_002-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8439/mensagem_de_veto_003-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8817/mensagem_de_veto_004-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8958/mensagem_substitutiva_003-2024_executivo.pdf" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7923/projeto_de_emenda_a_lei_organica_001-2024.pdf" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8085/ata_da_01a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8026/ata_da_02a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8114/ata_da_03a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8136/ata_da_04a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8168/ata_da_05a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8169/ata_da_06a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8191/ata_da_07a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8298/ata_da_08a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8299/ata_da_09a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8300/ata_da_10a_sessao_ordinaria_de_2024..pdf" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8406/ata_da_11a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8407/ata_da_12a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8408/ata_da_13a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8409/ata_da_14a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8442/ata_da_15a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8410/ata_da_16a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8443/ata_da_17a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8470/ata_da_18a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8471/ata_da_19a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8639/ata_da_20a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8640/ata_da_21a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8641/ata_da_22a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8642/ata_da_23a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8689/ata_da_24a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8690/ata_da_25a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8702/ata_da_26a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8741/ata_da_27a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8765/ata_da_28a_sessao_ordinaria.pdf" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8777/ata_da_29a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8855/ata_da_30a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8880/ata_da_31a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8881/ata_da_32a_sessao_ordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8952/ata_da_33a_sessao_ordinaria_de_2024..pdf" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8953/ata_da_34a_sessao_ordinaria_de_2024..pdf" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8954/ata_da_35a_sessao_ordinaria_de_2024..pdf" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8955/ata_da_36a_sessao_ordinaria_de_2024..pdf" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8956/ata_da_37a_sessao_ordinaria_de_2024..pdf" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8957/ata_da_38a_sessao_ordinaria_de_2024._compressed.pdf" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8192/ata_da_01a_sessao_extraordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8193/ata_da_02a_sessao_extraordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8301/ata_da_03a_sessao_extraordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8472/ata_da_04a_sessao_extraordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8473/ata_da_05a_sessao_extraordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8854/ata_da_06a_sessao_extraordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8882/ata_da_07a_sessao_extraordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8802/ata_da_08a_sessao_extraordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8896/ata_da_09a_sessao_extraordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8897/ata_da_10a_sessao_extraordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8959/ata_da_11a_sessao_extraordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8960/ata_da_12a_sessao_extraordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8961/ata_da_13a_sessao_extraordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8962/ata_da_14a_sessao_extraordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8963/ata_da_15a_sessao_extraordinaria_de_2024.pdf" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/7935/representacao_esleif.pdf" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8949/recomendacao_administrativa_n_01-2024-gpgmpc_-_mpc_pr_1.pdf" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8025/oficio_005-2024_sec._trabalho.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2024/8718/oficio_274-2024_gabinete_do_prefeito.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1054"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.85546875" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="222.85546875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="222" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="139.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>