--- v0 (2025-12-31)
+++ v1 (2026-02-28)
@@ -6948,51 +6948,51 @@
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2022/5726/projeto_de_lei_001-2022_legislativo.pdf</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre a vedação da exigência de apresentação do Cartão de vacinação contra a COVID- 19 para acesso a locais públicos ou privados no Município de Fazenda Rio Grande, e dá outras providências.</t>
   </si>
   <si>
     <t>5727</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2022/5727/projeto_de_lei_002-2022_legislativo.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O REPASSE DO INCENTIVO FINANCEIRO ADICIONAL-IFA, AOS AGENTES COMUNITÁRIOS DE SAÚDE- ACS, E AOS AGENTES DE COMBATE ÀS ENDEMIAS- ACE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5729</t>
   </si>
   <si>
-    <t>Caio Szadskoski</t>
+    <t>Caio Szadkoski</t>
   </si>
   <si>
     <t>SUMULA: “Dispõe sobre a criação do Cicloturismo no município de Fazenda Rio Grande, e dá outras providências”.</t>
   </si>
   <si>
     <t>5728</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2022/5728/projeto_de_lei_004-2022_legislativo.pdf</t>
   </si>
   <si>
     <t>PROÍBE A INSTALAÇÃO DE BANHEIROS. TOALETES E VESTIÁRIOS “MULTIGÊNEROS” OU “UNISSEX” NO MUNICÍPIO DE FAZENDA RIO GRANDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5730</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2022/5730/projeto_de_lei_006-2022_legislativo.pdf</t>
   </si>
   <si>
     <t>Súmula: Fixa critérios para a instituição de datas comemorativas no Município de Fazenda Rio Grande.</t>
   </si>
   <si>
     <t>5731</t>
   </si>
@@ -12254,60 +12254,60 @@
   <si>
     <t>SUMULA: “Estima a Receita e Fixa a Despesa do Município de Fazenda Rio Grande para o Exercício de 2023, conforme especifica.</t>
   </si>
   <si>
     <t>5743</t>
   </si>
   <si>
     <t>MSL</t>
   </si>
   <si>
     <t>Mensagem Substitutiva - Legislativo</t>
   </si>
   <si>
     <t>SÚMULA: REGULAMENTA O REPASSE DO INCENTIVO FINANCEIRO ADICIONAL-IFA, AOS AGENTES COMUNITÁRIOS DE SAUDE- ACS, E AOS AGENTES DE COMBATE AS ENDEMIAS- ACE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>5745</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
-    <t>Alexandre Maringá, Caio Szadskoski, Enfermeiro Zé Carlos, Luiz Sergio Claudino - Serjão, Prof. Fabiano Fubá, Sandro do Proteção</t>
+    <t>Alexandre Maringá, Caio Szadkoski, Enfermeiro Zé Carlos, Luiz Sergio Claudino - Serjão, Prof. Fabiano Fubá, Sandro do Proteção</t>
   </si>
   <si>
     <t>Súmula: Suprime dispositivos da Lei Orgânica do Município de Fazenda Rio Grande — PR.</t>
   </si>
   <si>
     <t>5746</t>
   </si>
   <si>
-    <t>Alexandre Maringá, Brandão, Caio Szadskoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Irmão José Miranda, Luiz Sergio Claudino - Serjão, Marco Antonio Santos, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
+    <t>Alexandre Maringá, Brandão, Caio Szadkoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Irmão José Miranda, Luiz Sergio Claudino - Serjão, Marco Antonio Santos, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
   </si>
   <si>
     <t>SÚMULA: ALTERA DISPOSITIVOS NO ART. 87 DA LEI ORGÂNICA DO MUNICÍPIO DE FAZENDA RIO GRANDE.</t>
   </si>
   <si>
     <t>6051</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2022/6051/projeto_de_emenda_a_lei_organica_004-2022_legislativo_municipal.pdf</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Orgânica do Município de Fazenda Rio Grande — PR.</t>
   </si>
   <si>
     <t>5778</t>
   </si>
   <si>
     <t>ASO</t>
   </si>
   <si>
     <t>Ata de Sessão Ordinária</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2022/5778/01a_sessao_ordinaria_de_2022.pdf</t>
   </si>