--- v0 (2025-12-31)
+++ v1 (2026-03-02)
@@ -280,51 +280,51 @@
   <si>
     <t>Indica-se que seja expedido ao Exmo. Sr. Prefeito Municipal, para que o mesmo, através da Secretaria responsável, realize em caráter de urgência a instalação de um espaço de lazer na Vila 1º de maio — Bairro Gralha Azul, neste Município de Fazenda Rio Grande.</t>
   </si>
   <si>
     <t>4467</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>Prof. Fabiano Fubá</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4467/indicacao_17-2021.pdf</t>
   </si>
   <si>
     <t>Indico seja expedido ofício ao Exmo. Sr. Prefeito Municipal para que, através da Secretaria competente, realize com a máxima urgência manutenção do muro na Unidade de Saúde Canãa que está danificado (palitos quebrados), localizada na rua São Teófilo 310 Bairro Santa Terezinha, neste município.</t>
   </si>
   <si>
     <t>4479</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>Caio Szadskoski</t>
+    <t>Caio Szadkoski</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4479/indicacao_18-2021.pdf</t>
   </si>
   <si>
     <t>Indica seja expedido ofício ao Exmo. Sr. Prefeito Municipal, para que o mesmo através da Secretaria competente realize a troca de lâmpadas nas seguintes ruas do bairro Nações:_x000D_
 Rua Suécia (em frente aos números 197-407-489-575);_x000D_
 Rua Honduras esquina com a Avenida Paraguai;_x000D_
 Avenida Paraguai esquina com a Rua Honduras;_x000D_
 Rua Libéria (em frente ao número 45);_x000D_
 Rua Bulgária (em frente ao número 299);_x000D_
 Rua Dinamarca (em frente ao número 314)._x000D_
 E também realize a troca de lâmpadas na seguinte Avenida do Bairro Eucaliptos:_x000D_
 Avenida Tomaz Edison de Andrade Vieira (em frente ao número 313).</t>
   </si>
   <si>
     <t>4480</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4480/indicacao_19-2021.pdf</t>
   </si>
   <si>
@@ -788,51 +788,51 @@
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4543/indicacao_n_55.pdf</t>
   </si>
   <si>
     <t>Indica que seja expedido ofício ao Excelentíssimo Sr. Prefeito municipal para que, através da Secretaria competente, para que realize a patrolagem e ensaibramento da Rua Noruega, bairro Nações.</t>
   </si>
   <si>
     <t>4792</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4792/indicacao_n_56.pdf</t>
   </si>
   <si>
     <t>Indica seja expedido ofício ao Exmo. Sr. Prefeito Municipal, para que o mesmo através da Secretaria competente realize a roçada e a limpeza na rua Pau Brasil do bairro Eucaliptos.</t>
   </si>
   <si>
     <t>4545</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>Caio Szadskoski, Sandro do Proteção</t>
+    <t>Caio Szadkoski, Sandro do Proteção</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4545/requerimento_n_57.pdf</t>
   </si>
   <si>
     <t>Indicam seja expedido ofício ao Exmo. Sr. Prefeito Municipal, para que o mesmo através da Secretaria competente realize a roçada e a limpeza embaixo das torres de transmissão de energia que dividem o Jardim Europa e o Green Field.</t>
   </si>
   <si>
     <t>4546</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4546/indicacao_n_58.pdf</t>
   </si>
   <si>
     <t>Indica-se que seja expedido ao Exmo. Sr. Prefeito Municipal, para que o mesmo, através da Secretaria responsável, realize em caráter de urgência a instalação de uma Travessa Elevada em Frente a Unidade Básica de Saúde, situada entre a Av. Portugal e Av. Áustria, em Fazenda Rio Grande/PR.</t>
   </si>
   <si>
     <t>4547</t>
   </si>
   <si>
     <t>59</t>
   </si>
@@ -4283,51 +4283,51 @@
   <si>
     <t>5352</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>Indica que seja expedido oficio a Secretaria de Obras para que a mesma realize a instalação de lombada física na Rua Rio Santana próximo ao Nº 100 bairro Iguaçu neste Município de Fazenda Rio Grande.</t>
   </si>
   <si>
     <t>5353</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>Assunto: Manutenção e Instalação dos pontos/paradas de ônibus. Indica-se que seja expedido ao Exmo. Sr. Prefeito Municipal, para que o mesmo, através da Secretaria responsável, realize a manutenção e instalação (nas localidades onde forem necessário) dos pontos de ônibus da cidade de Fazenda Rio Grande/PR.</t>
   </si>
   <si>
     <t>5354</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>Caio Szadskoski, Professor Léo</t>
+    <t>Caio Szadkoski, Professor Léo</t>
   </si>
   <si>
     <t>Assunto: pedido de instalação de banheiro químico — Praça da Vitória. Indica-se que seja expedido ao Exmo. Sr. Prefeito Municipal, para que o mesmo, através da Secretaria responsável, realize a instalação de um banheiro químico na Praça da Vitória, situada no Bairro Eucaliptos, em Fazenda Rio Grande.</t>
   </si>
   <si>
     <t>5373</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>Indica seja expedido ofício ao Exmo. Sr. Prefeito Municipal para que o mesmo, por meio do órgão competente, realize a revisão da iluminação e a troca das lâmpadas que estão apagadas na Travessa Japão, bairro Nações, em nosso município.</t>
   </si>
   <si>
     <t>5374</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>Indico que seja expedido ofício ao Exmo. Sr. Prefeito Municipal para que através da Secretaria competente, realize a criação do disque gestante (disk Grávida) para acompanhar as gestantes através de aplicativo, whatsapp ou ligação 24h.</t>
   </si>
   <si>
     <t>5375</t>
   </si>
@@ -4757,150 +4757,150 @@
   <si>
     <t>428</t>
   </si>
   <si>
     <t>Indica seja expedido ofício ao Exmo. Sr. Prefeito Municipal, para que o mesmo através da Secretaria competente realize a manutenção da iluminação pública em frente a Paróquia Nossa Senhora da Luz localizada na rua Quero-quero no bairro Gralha Azul neste município.</t>
   </si>
   <si>
     <t>5481</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>Indica-se que seja expedido ao Exmo. Sr. Prefeito Municipal, para que o mesmo, através da Secretaria responsável, realize os ajustes necessário para que o Semáforo da Avenida Portugal, próximo ao numeral 892, passe a operar em quatro tempos.</t>
   </si>
   <si>
     <t>5249</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>Alexandre Maringá, Brandão, Caio Szadskoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Irmão Jose Miranda, Julio Beiço, Luiz Sergio Claudino - Serjão, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
+    <t>Alexandre Maringá, Brandão, Caio Szadkoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Irmão Jose Miranda, Julio Beiço, Luiz Sergio Claudino - Serjão, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
   </si>
   <si>
     <t>A Câmara Municipal de Fazenda Rio Grande, por intermédio desta MOÇÃO DE APLAUSOS, vem parabenizar a toda a família do Sr. Albino Wozniack (in memorian) pela dedicação e incentivo ao esporte fazendense, especialmente neste momento em que 0 Estádio Santo Antonio completa 60 (sessenta) anos de fundação.</t>
   </si>
   <si>
     <t>4751</t>
   </si>
   <si>
     <t>PD</t>
   </si>
   <si>
     <t>Projeto de Decreto</t>
   </si>
   <si>
-    <t>Alexandre Maringá, Brandão, Caio Szadskoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Irmão José Miranda, Julio Beiço, Luiz Sergio Claudino - Serjão, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
+    <t>Alexandre Maringá, Brandão, Caio Szadkoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Irmão José Miranda, Julio Beiço, Luiz Sergio Claudino - Serjão, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
   </si>
   <si>
     <t>“Dispõe sobre a atribuição de Menção Honrosa, e dá outras providências”.</t>
   </si>
   <si>
     <t>4752</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>4753</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>SUMULA: “Institui no âmbito municipal a honraria policial destaque do ano e dá outras providências.”</t>
   </si>
   <si>
     <t>4754</t>
   </si>
   <si>
     <t>Alexandre Maringá, Enfermeiro Zé Carlos, Luiz Sergio Claudino - Serjão, Prof. Fabiano Fubá, Sandro do Proteção</t>
   </si>
   <si>
     <t>“Estabelece, no âmbito da Câmara Municipal de Fazenda Rio Grande, procedimentos preventivos relacionados ao COVID-19”.</t>
   </si>
   <si>
     <t>4757</t>
   </si>
   <si>
     <t>4764</t>
   </si>
   <si>
     <t>“Dispõe sobre a anulação da votação das contas da Prefeitura do Município de Fazenda Rio Grande, referente ao exercício de 2012”.</t>
   </si>
   <si>
     <t>4791</t>
   </si>
   <si>
-    <t>Brandão, Caio Szadskoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Irmão José Miranda, Luiz Sergio Claudino - Serjão, Professor Léo, Prof. Fabiano Fubá, Sandro do Proteção</t>
+    <t>Brandão, Caio Szadkoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Irmão José Miranda, Luiz Sergio Claudino - Serjão, Professor Léo, Prof. Fabiano Fubá, Sandro do Proteção</t>
   </si>
   <si>
     <t>“CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE FAZENDA RIO GRANDE AO  EXCELENTÍSSIMO REVERENDO DOM CELSO ANTÔNIO MARCHIORI, CONFORME ESPECIFICA”.</t>
   </si>
   <si>
     <t>4831</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Enfermeiro Zé Carlos, Luiz Sergio Claudino - Serjão, Prof. Fabiano Fubá, Sandro do Proteção</t>
   </si>
   <si>
     <t>“Dispõe sobre a realização de teletrabalho ou afastamento das servidoras públicas gestantes no âmbito da Câmara Municipal de Fazenda Rio Grande, e dá outras providencias”.</t>
   </si>
   <si>
     <t>5022</t>
   </si>
   <si>
-    <t>Brandão, Alexandre Maringá, Caio Szadskoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Julio Beiço, Luiz Sergio Claudino - Serjão, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
+    <t>Brandão, Alexandre Maringá, Caio Szadkoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Julio Beiço, Luiz Sergio Claudino - Serjão, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
   </si>
   <si>
     <t>CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE FAZENDA RIO GRANDE AO EXCELENTÍSSIMO DOUTOR JOSE AROLDO SOUZA MARTINS, CONFORME ESPECÍFICA.</t>
   </si>
   <si>
     <t>5195</t>
   </si>
   <si>
     <t>Súmula: “CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE FAZENDA RIO GRANDE AO  EXCELENTÍSSIMO SENHOR PASTOR  DENIO  STANER STORBEM, CONFORME ESPECÍFICA”.</t>
   </si>
   <si>
     <t>5133</t>
   </si>
   <si>
     <t>“CONCEDE O TÍTULO DE CIDADÃO HONORÁRIO DO MUNICÍPIO DE FAZENDA RIO GRANDE AO  EXCELENTÍSSIMO SENHOR PASTOR ERESON MATIAS LOURENÇO, CONFORME ESPECÍFICA".</t>
   </si>
   <si>
     <t>5141</t>
   </si>
   <si>
-    <t>Alexandre Maringá, Brandão, Caio Szadskoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Julio Beiço, Luiz Sergio Claudino - Serjão, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
+    <t>Alexandre Maringá, Brandão, Caio Szadkoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Julio Beiço, Luiz Sergio Claudino - Serjão, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
   </si>
   <si>
     <t>5372</t>
   </si>
   <si>
     <t>O PRESIDENTE DA CÂMARA MUNICIPAL DE FAZENDA RIO GRANDE, no uso das atribuições que lhe são conferidas pela Lei Orgânica do Município e pelo Regimento Interno da Câmara, Considerando a necessidade de uma análise permanente de reavaliação das especificidades do cenário epidemiológico da COVID-19 e da capacidade de resposta da rede de atenção à saúde:_x000D_
 Considerando que as medidas restritivas poderão ser revistas a qualquer tempo, com base na situação epidemiológica do Município em relação aos casos do novo Coronavírus (COVID-19).</t>
   </si>
   <si>
     <t>4755</t>
   </si>
   <si>
     <t>PLCE</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo</t>
   </si>
   <si>
     <t>SUMULA: “Dispõe sobre a instituição do programa para recuperação fiscal do Município de Fazenda Rio Grande — REFISFAZ”.</t>
   </si>
   <si>
     <t>4766</t>
   </si>
   <si>
     <t>SÚMULA: “Altera a redação de dispositivos legais que especifica”.</t>
@@ -5230,51 +5230,51 @@
   <si>
     <t>SUMULA: “Altera a redação de dispositivos legais no bojo da Lei Municipal n. 1296, de 25 de junho de 2019, conforme especifica.”</t>
   </si>
   <si>
     <t>5744</t>
   </si>
   <si>
     <t>Súmula: Autoriza o Poder Executivo Municipal a abrir, no Orçamento Geral do Município para o exercício de 2021, Crédito Adicional Especial no valor de R$ 75.999,00 (Setenta e cinco mil, novecentos e noventa e nove reais).</t>
   </si>
   <si>
     <t>4743</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>SÚMULA: “ALTERA O ART. 1º DA LEI MUNICIPAL Nº 1456 DE 27 DE JANEIRO DE 2021. º</t>
   </si>
   <si>
     <t>4744</t>
   </si>
   <si>
-    <t>Caio Szadskoski, Dr. Renan Wozniack, Julio Beiço, Sandro do Proteção</t>
+    <t>Caio Szadkoski, Dr. Renan Wozniack, Julio Beiço, Sandro do Proteção</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre infração administrativa lesiva decorrente da prática de “furar a fila” de vacinação, em desrespeito a ordem prioritária estabelecida para o enfrentamento do novo Coronavírus -— Covid-19 em Fazenda Rio Grande e dá outras providências.</t>
   </si>
   <si>
     <t>4745</t>
   </si>
   <si>
     <t>SÚMULA: “Institui o programa bom pagador estabelecendo estímulos aos contribuintes para o pagamento do tributo em dia”.</t>
   </si>
   <si>
     <t>4748</t>
   </si>
   <si>
     <t>Ementa: Estabelece a adoção do protocolo Municipal de Vacinação contra a COVID-19, obrigatório aos profissionais da saúde do município de Fazenda Rio Grande.</t>
   </si>
   <si>
     <t>4746</t>
   </si>
   <si>
     <t>SÚMULA: “INSTITUI PROGRAMA DE REGULARIZAÇÃO DAS EDIFICAÇÕES CLANDESTINAS E/OU IRREGULARES, MEDIANTE COMPENSAÇÃO FINANCEIRA E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>4983</t>
   </si>
@@ -5455,96 +5455,96 @@
   <si>
     <t>SUMULA: “Dispõe sobre a inclusão dos Representantes Religiosos ao grupo de risco para receberem as vacinas nas campanhas de vacinação do Município de Fazenda Rio Grande, conforme específica.”.</t>
   </si>
   <si>
     <t>4788</t>
   </si>
   <si>
     <t>SÚMULA: “Institui o Banco de Ideias Legislativas, no município de Fazenda Rio Grande, e dá outras providências.”</t>
   </si>
   <si>
     <t>4789</t>
   </si>
   <si>
     <t>Súmula: “Institui o Programa de Atenção à Saúde Mental das Vítimas da Covid-19 no município de Fazenda Rio Grande e dá outras providências.”</t>
   </si>
   <si>
     <t>4790</t>
   </si>
   <si>
     <t>SÚMULA: "Dispõe sobre o descarte dos filtros de cigarro e demais componentes de qualquer produto fumígero, derivado ou não do tabaco, e dá outras providências, ”.</t>
   </si>
   <si>
     <t>4829</t>
   </si>
   <si>
-    <t>Brandão, Caio Szadskoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Irmão José Miranda, Julio Beiço, Luiz Sergio Claudino - Serjão, Professor Léo, Rafael Campaner, Sandro do Proteção</t>
+    <t>Brandão, Caio Szadkoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Irmão José Miranda, Julio Beiço, Luiz Sergio Claudino - Serjão, Professor Léo, Rafael Campaner, Sandro do Proteção</t>
   </si>
   <si>
     <t>SÚMULA: “Altera denominação de Avenida, que especifica e dá outras providências”</t>
   </si>
   <si>
     <t>4830</t>
   </si>
   <si>
     <t>Súmula: “Cria o Selo Empresa Fazendense Parceira no Combate ao Coronavírus e dá outras providências.”</t>
   </si>
   <si>
     <t>4844</t>
   </si>
   <si>
     <t>Súmula: “Autoriza o Poder Executivo a implantar na Rede Municipal de Ensino de Fazenda Rio Grande o Programa de Psicomotricidade Relacional”.</t>
   </si>
   <si>
     <t>4845</t>
   </si>
   <si>
     <t>Súmula: “DISPÕE SOBRE A PROIBIÇÃO DA PERTUBAÇÃO DO SOSSEGO ALHEIO, DO BEM ESTAR PÚBLICO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>5015</t>
   </si>
   <si>
     <t>Concede revisão geral anual aos Servidores que compõem O quadro geral da Câmara Municipal de Fazenda Rio Grande — PR</t>
   </si>
   <si>
     <t>4860</t>
   </si>
   <si>
     <t>Sumula: “Dispõe sobre a obrigatoriedade de utilização de mobiliário e equipamentos inclusivos em espaços públicos para pessoas com deficiência ou mobilidade reduzida e dá outras providências.”</t>
   </si>
   <si>
     <t>4861</t>
   </si>
   <si>
     <t>SÚMULA: “DECLARA DE UTILIDADE PÚBLICA O INSTITUTO SERVOS DA DIVINA MISERICORDIA”.</t>
   </si>
   <si>
     <t>4862</t>
   </si>
   <si>
-    <t>Brandão, Caio Szadskoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Irmão José Miranda, Julinho do Pesque, Julio Beiço, Luiz Sergio Claudino - Serjão, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
+    <t>Brandão, Caio Szadkoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Irmão José Miranda, Julinho do Pesque, Julio Beiço, Luiz Sergio Claudino - Serjão, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
   </si>
   <si>
     <t>SÚMULA: “Suprime o &amp; 2º do artigo 2º da Lei Municipal n. 1468 de 07 de maio de 2021, conforme especifica”</t>
   </si>
   <si>
     <t>4920</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>Súmula: “Dispõe sobre a comunicação dos condomínios residenciais de Fazenda Rio Grande aos órgãos de segurança pública sobre a ocorrência ou indício de violência doméstica e familiar contra “o mulheres, crianças, adolescentes, pessoas com deficiência ou idosos em seu interior.”</t>
   </si>
   <si>
     <t>4921</t>
   </si>
   <si>
     <t>SÚMULA: “INSTITUI O PROGRAMA FAZENDA RIO GRANDE CARIDOSO, ACOLHIMENTO EM FAMÍLIA ACOLHEDORA PARA IDOSOS E PARA ADULTOS COM DEFICIÊNCIA, E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>4922</t>
   </si>
   <si>
     <t>Súmula: “Declara de utilidade pública o Reduto de Meninas, no âmbito do Município de Fazenda Rio Grande/PR.”</t>
   </si>
@@ -5842,51 +5842,51 @@
   <si>
     <t>5371</t>
   </si>
   <si>
     <t>SÚMULA: “Dispõe sobre a garantia aos estudantes do município de Fazenda Rio Grande ao direito ao aprendizado da língua portuguesa de acordo com as normas e orientações legais de ensino, na forma que menciona”.</t>
   </si>
   <si>
     <t>5405</t>
   </si>
   <si>
     <t>SÚMULA: Dispõe sobre o fornecimento de orientação e treinamentos de primeiros socorros voltados para situações de engasgamento ou aspiração de corpo estranho, para prevenção de morte súbita de recém-nascidos.</t>
   </si>
   <si>
     <t>5407</t>
   </si>
   <si>
     <t>Súmula: “Institui o Sistema de Cadastro Artístico Municipal - Sicam como plataforma oficial para cadastramento de artistas, entidades e grupos culturais para o poder público municipal de Fazenda Rio Grande.”</t>
   </si>
   <si>
     <t>5408</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>Alexandre Maringá, Caio Szadskoski</t>
+    <t>Alexandre Maringá, Caio Szadkoski</t>
   </si>
   <si>
     <t>SÚMULA: “Dispõe sobre o Comércio Ambulante e dá providências”</t>
   </si>
   <si>
     <t>5409</t>
   </si>
   <si>
     <t>Súmula: Dispõe sobre o exercício das atividades profissionais de Cabeleireiro, Barbeiro, Esteticista, Manicure, Pedicure, Depilador e Maquiador.</t>
   </si>
   <si>
     <t>5410</t>
   </si>
   <si>
     <t>Súmula: “Altera a Lei nº 28 de 30 de dezembro de 1993 que Institui o Código Tributário de Fazenda Rio Grande — PR”</t>
   </si>
   <si>
     <t>5856</t>
   </si>
   <si>
     <t>Súmula: “Institui criação de faixas exclusivas para motociclistas nos sinaleiros do município”.</t>
   </si>
   <si>
     <t>5438</t>
   </si>
@@ -6144,51 +6144,51 @@
   <si>
     <t>4500</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4500/requerimento_24-2021.pdf</t>
   </si>
   <si>
     <t>Requer seja expedido ofício ao Exmo. Sr. Prefeito Municipal, para que através da Secretaria de Administração, informe qual a previsão do Poder Executivo local de restabelecer os pagamentos de funções gratificadas aos servidores públicos municipais que desempenham atividades de responsabilidade especial, nos termos da Lei Municipal nº 158/2017. Outrossim, que informe qual o atual percentual de cargos em comissão preenchidos por servidores detentores de cargo efetivo.</t>
   </si>
   <si>
     <t>4501</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4501/requerimento_25-2021.pdf</t>
   </si>
   <si>
     <t>Requer que seja expedido ofício ao Sr. Prefeito Municipal Dr. Nassib Hammad para que, através da secretaria competente envie a esta Casa de Leis as seguintes informações:_x000D_
 1. Requer que seja informado de qual maneira foi realizada a implantação da rede de esgoto e se existe um planejamento de melhorias em infraestrutura na localidade abaixo citada:_x000D_
 1.1 Rua Antonina, Rua Pontal do Paraná, Rua Clevelândia, Rua Dois Vizinhos, Rua Itambé, Rua Cruz Machado, Rua Itaperuçu, Rua Contenda, Rua Realeza e Rua Morretes._x000D_
 E caso exista, seja enviado o cronograma de ações referente a saneamento básico na localidade acima citada.</t>
   </si>
   <si>
     <t>4502</t>
   </si>
   <si>
-    <t>Caio Szadskoski, Dr. Renan Wozniack, Irmão José Miranda, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção, Alexandre Maringá, Brandão, Enfermeiro Zé Carlos, Gilmar José Petry, Julio Beiço, Luiz Sergio Claudino - Serjão, Professor Léo</t>
+    <t>Caio Szadkoski, Dr. Renan Wozniack, Irmão José Miranda, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção, Alexandre Maringá, Brandão, Enfermeiro Zé Carlos, Gilmar José Petry, Julio Beiço, Luiz Sergio Claudino - Serjão, Professor Léo</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4502/requerimento_26-2021.pdf</t>
   </si>
   <si>
     <t>Requerem seja expedido ofício ao Exmo. Sr. Prefeito Municipal, para que através da Secretaria de Esporte, Lazer e Juventude, informe quais os projetos serão desenvolvidos no espaço multiuso do ginásio da Praça da Vitória, em Fazenda Rio Grande.</t>
   </si>
   <si>
     <t>4503</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4503/requerimento_27-2021.pdf</t>
   </si>
   <si>
     <t>Requer, seja expedido ofício ao Exmo. Sr. Prefeito Municipal, para que através das secretarias municipais desta municipalidade informe a esta casa de leis quantos prédios públicos atualmente estão em nome da prefeitura municipal de Fazenda Rio Grande-PR e quantos prédios estão atualmente alugados pela prefeitura municipal de Fazenda Rio Grande e seus respectivos endereços._x000D_
    Requer ainda, que seja informado a esta casa de leis informações relativas à dispensa de licitação para locação de imóvel no valor de R$ 25.200,00 (vinte e cinco mil e duzentos reais), sob o nº 05/2021, mediante protocolo 2766/2021. Em que a contratante é a Prefeitura Municipal de Fazenda Rio Grande e o Contratado é o Castello Polli Empreendimentos Ltda. Com as Seguintes Informações:_x000D_
 _x000D_
 1- Qual a justificativa para o novo espaço?_x000D_
 2 - Quantos metros quadrados terá o Local?_x000D_
 3 — Quantos funcionários trabalharam no novo equipamento público?</t>
   </si>
   <si>
     <t>4504</t>
   </si>
   <si>
@@ -6494,51 +6494,51 @@
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4557/requerimento_n_59.pdf</t>
   </si>
   <si>
     <t>Requer seja expedido ofício ao Sr. Prefeito Municipal Dr. Nassib Hammad para que, através da Secretaria competente envie a esta Casa de Leis informações referentes a:_x000D_
    1. Como a população tem acesso aos equipamentos agricolas?_x000D_
    2. Quais são os equipamentos disponíveis para uso no departamento da Agricultura do município?_x000D_
    3. Quantos equipamentos o departamento da Agricultura possui e quais são estes equipamentos?_x000D_
    4. Onde estes equipamentos foram utilizados para o trabalho neste último ano?_x000D_
    5. Qualo local em que estão guardados estes equipamentos?_x000D_
    6. Solicito o fornecimento da relação de pessoas que utilizaram estes equipamentos no último ano.</t>
   </si>
   <si>
     <t>4558</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4558/requerimento_n_60.pdf</t>
   </si>
   <si>
     <t>Requer seja expedido ofício ao Sr. Prefeito Municipal Dr. Nassib Hammad para que, através da Secretaria Municipal do Meio Ambiente, envie a esta Casa de Leis, sobre a possibilidade de ser realizada a canalização do “Rio Ana Luiza onde o mesmo cruza os bairros Eucaliptos e Nações.</t>
   </si>
   <si>
     <t>4559</t>
   </si>
   <si>
-    <t>Professor Léo, Brandão, Caio Szadskoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Irmão José Miranda, Julio Beiço, Luiz Sergio Claudino - Serjão, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
+    <t>Professor Léo, Brandão, Caio Szadkoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Irmão José Miranda, Julio Beiço, Luiz Sergio Claudino - Serjão, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4559/requerimento_n_61.pdf</t>
   </si>
   <si>
     <t>Vimos por meio deste requerimento, a ser encaminhado ao Exmo. Sr. Prefeito Municipal, para que o mesmo, através da Secretaria responsável, informe em caráter de urgência, sob a possibilidade de cancelamento do contrato de prestação de serviços com fornecimento de equipamentos, de nº 044/2019 (tratando-se do 3º termo aditivo) firmado entre a Prefeitura Municipal de Fazenda Rio Grande/PR e a Empresa Linea Midia Comunicações Ltda Me. A fim de destinar este recurso para medidas emergenciais de enfrentamento à COVID — 19 em nosso município.</t>
   </si>
   <si>
     <t>4560</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4560/requerimento_n_62.pdf</t>
   </si>
   <si>
     <t>Requer nos termos regimentais, que seja expedido ofício ao Exmo. Sr. Prefeito Municipal para que através da secretaria competente, envie a esta casa de leis, os nomes e as qualificações dos profissionais de Nutrição da Vigilância Sanitária deste município.</t>
   </si>
   <si>
     <t>4561</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4561/requerimento_n_63.pdf</t>
   </si>
   <si>
     <t>Requer seja expedido ofício ao Exmo. Sr. Prefeito Municipal, para que através do departamento competente informe quantos servidores e de quais secretarias cumpriram ou estão cumprindo isolamento preventivo por suspeita de Covid-19 e, destes casos, quantos foram confirmados positivos nos meses de janeiro, fevereiro e março de 2021.</t>
   </si>
@@ -6951,51 +6951,51 @@
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4639/requerimento_n_102.pdf</t>
   </si>
   <si>
     <t>Requer seja expedido ofício a Coordenação da Região Metropolitana de Curitiba (COMEC) e a empresa de transporte de passageiros (LEBLON) que envie a esta Casa de Leis as seguintes informações:_x000D_
 _x000D_
 1. Se houve redução ou aumento da frota operando no município, em razão da pandemia?_x000D_
 2. Que medidas foram adotadas para garantir o distanciamento nos ônibus e a qualidade do serviço, visando evitar filas e aglomerações nos pontos de paradas e estações?_x000D_
 3. Como está sendo feita a fiscalização das frotas operadas pela COMEC que trafegam no município de Fazenda Rio Grande e região?_x000D_
 4. Como tem sido feita a testagem da COVID-19 dos trabalhadores e profissionais do transporte coletivo?_x000D_
 5. Como tem sido fornecido e fiscalizado EPI'S, álcool em gel aos trabalhadores e profissionais do transporte coletivo?_x000D_
 6. Por fim, prestar toda e qualquer informação adicional que porventura entenda cabível para o cumprimento deste expediente?</t>
   </si>
   <si>
     <t>4640</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4640/requerimento_n_103.pdf</t>
   </si>
   <si>
     <t>Requer que seja expedido ofício ao Governo do Estado do Paraná, para que através da Secretaria competente, revogue a Instrução Normativa nº 011/2020, que diminuiu a carga horária das disciplinas de Arte, Filosofia e Sociologia da Base Nacional Comum Curricular.</t>
   </si>
   <si>
     <t>4652</t>
   </si>
   <si>
-    <t>Caio Szadskoski, Dr. Renan Wozniack</t>
+    <t>Caio Szadkoski, Dr. Renan Wozniack</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4652/requerimento_n_104.pdf</t>
   </si>
   <si>
     <t>Requer seja expedido ofício ao Exmo. Sr. Prefeito Municipal para que, através da diretoria da Faztrans, informe:_x000D_
 _x000D_
 1) Quais medidas estão sendo realizadas para fiscalizar as motocicletas que utilizam escapamentos em desconformidade com a lei;_x000D_
 2) Quantas autuações de veículos que incorreram nesta infração foram realizadas no ano de 2021;_x000D_
 3) Se o efetivo de agentes de trânsito em nosso município é suficiente para realizar adequadamente esta fiscalização.</t>
   </si>
   <si>
     <t>4653</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4653/requerimento_n_105.pdf</t>
   </si>
   <si>
     <t>Requer nos termos regimentais, seja expedido ofício à Empresa Brasileira de Correios e Telégrafos (CORREIO) mais precisamente a unidade do Município de Fazenda Rio Grande — PR, para que realize a implantação dos “Códigos de Endereço Postal” (CEP), em toda e extensão da Rua Pau Brasil A e B, localizada no Condomínio Adeodato, no bairro Parque Industrial, neste Município.</t>
   </si>
   <si>
     <t>4675</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4675/requerimento_n_106.pdf</t>
@@ -7701,51 +7701,51 @@
   <si>
     <t>Requer que seja expedido ofício para a Secretaria de Desenvolvimento Econômico de Fazenda Rio Grande para que a mesma forneça a esta casa de leis quais são as ações e projetos que a secretaria está promovendo ou planejando promover para o incentivo à inovação e desenvolvimento de empresas de tecnologia no município (Startups). Esta casa de leis busca ter esse conhecimento para poder contribuir por meio de novas leis que possam vir a ajudar o desenvolvimento de novas empresas com base tecnológica em Fazenda Rio Grande.</t>
   </si>
   <si>
     <t>4846</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4846/requerimento_n_173-2021.pdf</t>
   </si>
   <si>
     <t>Requer seja expedido ofício ao Exmo. Senhor Prefeito Municipal pra que, através da Secretaria Municipal de Educação realize estudos para a contratação de vagas em Cmeis/Escolas particulares em nosso município, com intuito de diminuir a fila de espera de nossas crianças pois estamos com aproximadamente 2.800 crianças aguardando por uma vaga em Fazenda Rio Grande.</t>
   </si>
   <si>
     <t>4847</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4847/requerimento_n_174-2021.pdf</t>
   </si>
   <si>
     <t>Requer seja expedido ofício ao Exmo. Sr. Prefeito Municipal para que preste informações se haverá novas contratações de funcionários para o Cemitério Municipal, principalmente uma Assistente Social para acolhimento às famílias enlutadas.</t>
   </si>
   <si>
     <t>4848</t>
   </si>
   <si>
-    <t>Caio Szadskoski, Luiz Sergio Claudino - Serjão</t>
+    <t>Caio Szadkoski, Luiz Sergio Claudino - Serjão</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4848/indicacao_n_175-2021.pdf</t>
   </si>
   <si>
     <t>Requer seja expedido ofício ao Exmo. Sr. Prefeito Municipal Dr. Nassib Hammad para que, através da Secretaria competente:_x000D_
 _x000D_
 1.	Realize com máxima urgência, a implantação do centro de Zoonose para efetuar a castração nos cães e gatos de nosso município._x000D_
 2.	Realize também um estudo a cerca da contratação de convênios com clínicas veterinárias privadas de nosso município para que possam castrar os animais._x000D_
 3.	Por fim, verifique-se a possibilidade de outros atendimentos clínicos no castra-móvel.</t>
   </si>
   <si>
     <t>4849</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4849/requerimento_n_176-2021.pdf</t>
   </si>
   <si>
     <t>Requer que seja expedido o ofício ao Sr. Prefeito Municipal Dr. Nassib Hammad para que, através da secretaria competente seja adicionado ao grupo prioritário de professores da vacinação contra influenza em 2021, todos os servidores da Educação que atuam como Diretores, Vice-Diretores, Coordenadores Pedagógicos, Documentadores, Serventes, Auxiliar de Serviços Gerais - ASG e também os servidores atuantes na Secretaria Municipal de Educação.</t>
   </si>
   <si>
     <t>4850</t>
@@ -8189,51 +8189,51 @@
   <si>
     <t>Requer seja expedido ofício ao Exmo. Sr. Prefeito Municipal, para que através da Secretaria de Saúde informe sobre a viabilidade de realizar o convênio com o “Programa Cuide-se Mais” do Sistema FIEP, no intuito de trazer ao município o veículo móvel que funciona como clínica móvel, para a realização de exames preventivos, como, exames de câncer de pele, mamografia, prevenção de câncer do colo de útero, e PSA (exame de próstata) os quais são realizados de forma gratuita para a população.</t>
   </si>
   <si>
     <t>4916</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4916/requerimento_n_215-2021.pdf</t>
   </si>
   <si>
     <t>Requer à mesa na forma regimental, após aprovação deste plenário, seja expedido ofício ao Excelentíssimo Senhor Prefeito Municipal, para que juntamente a Secretaria competente, informe a esta Casa de Leis qual o andamento em que se encontra a obra de pavimentação do trecho faltante da Rua Lucinir Franco da Rocha, Jardim Veneza.</t>
   </si>
   <si>
     <t>4917</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4917/requerimento_n_216-2021.pdf</t>
   </si>
   <si>
     <t>Requer que seja expedido ofício ao excelentíssimo prefeito municipal Nassib Kasen Hammad e a secretaria competente, que informe a esta casa de leis a possibilidade da criação de um estacionamento no cemitério municipal de Fazenda Rio Grande, podendo o mesmo ser feito no espaço que está sobrando nas suas laterais (entre o muro do cemitério e o muro das residências da rua Cesar Carelli), também peço informações se este espaço já tem algum projeto que faça o melhor aproveitamento do mesmo.</t>
   </si>
   <si>
     <t>4918</t>
   </si>
   <si>
-    <t>Alexandre Maringá, Brandão, Caio Szadskoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Irmão José Miranda, Julinho do Pesque, Julio Beiço, Luiz Sergio Claudino - Serjão, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
+    <t>Alexandre Maringá, Brandão, Caio Szadkoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Irmão José Miranda, Julinho do Pesque, Julio Beiço, Luiz Sergio Claudino - Serjão, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4918/requerimento_n_217-2021.pdf</t>
   </si>
   <si>
     <t>Requer nos termos do que dispõe o capítulo Ill do Regimento Interno, que seja instituída uma COMISSÃO ESPECIAL DE INQUÉRITO por esta Casa de Leis, a fim de apurar os fatos determinados em razão do desrespeito de agentes políticos à ordem prioritária da vacinação contra a COVID-19 em Fazenda Rio Grande, bem como, a utilização de cargo público para beneficiar, com a antecipação ilegal da vacinação contra o COVID-19, aliados políticos que exercem funções burocráticas e administrativas._x000D_
 _x000D_
  Fica determinado o prazo de 30 (trinta) dias, para a consecução da finalidade desta comissão, bem como, suas conclusões, se for o caso, encaminhadas ao Ministério Público para a devida responsabilidade civil e/ou criminal dos infratores.</t>
   </si>
   <si>
     <t>4938</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4938/requerimento_n_218-2021.pdf</t>
   </si>
   <si>
     <t>Requer seja expedido ofício ao Exmo. Sr. Prefeito Municipal para que preste informações sobre quais os motivos da falta de testes de glicemia nas Unidades Básicas de Saúde e quando será restabelecido o fornecimento à população.</t>
   </si>
   <si>
     <t>4939</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4939/requerimento_n_219-2021.pdf</t>
   </si>
   <si>
@@ -8857,51 +8857,51 @@
   <si>
     <t>5106</t>
   </si>
   <si>
     <t>Requer seja expedido ofício ao Exmo. Sr. Prefeito Municipal, para que através da Secretaria competente informe a esta Casa de Leis se está em andamento o Projeto ou a Licitação para pavimentação da Rua Rio Taquari no trecho localizado entre a Rua Rio Formoso e a Rua Rio Sena, localizado no Bairro Iguaçu neste Município.</t>
   </si>
   <si>
     <t>5107</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>Requeiro à mesa, com a observância nas disposições regimentais e após ouvido o Douto Plenário, seja enviado ofício à Secretaria Competente, solicitando os bons préstimos de Vossa Senhoria, as seguintes informações:A respeito do cronograma de vacinação da COVID-19 em Fazenda Rio Grande._x000D_
 1 - Quais os seguintes critérios usados para elaborar o cronograma de vacinação contra a COVID-19?_x000D_
 2 - Nos dias em que a vacinação é feita somente em um local_x000D_
 especifico,ou umlocal mais centralizado de nosso Município é dado algum suporte para os moradores de bairros mais distantes, como os da área rural?_x000D_
 3 - Com quantos dias de antecedência é anunciado o cronograma de vacinação de cada grupo de idade e também de outros grupos?_x000D_
 4- Qual foi a última data que ocorreu vacinação contra a COVID-19 em data de final de semana e feriados em Fazenda Rio Grande?_x000D_
 5- Há possibilidade de se retomar as vacinações nos finais de semana e feriados em Fazenda Rio Grande?</t>
   </si>
   <si>
     <t>5108</t>
   </si>
   <si>
-    <t>Caio Szadskoski, Prof. Fabiano Fubá</t>
+    <t>Caio Szadkoski, Prof. Fabiano Fubá</t>
   </si>
   <si>
     <t>Requer seja expedido ofício ao Sr. Prefeito Municipal para que, através da Secretaria competente seja informado a essa casa de leis as respostas para os seguintes questionamentos:_x000D_
 1. Quem é o responsável pela compra e distribuição dos produtos de limpezas nas UBS's?_x000D_
 2. Tendo em vista que nos sistemas de saúde a higiene é extremamente importante em tempos de pandemia de Covid-19, qual o motivo da falta de produtos de limpeza nas UBS's?_x000D_
 3. Quais os valores gastos com os produtos de limpeza no ano de 2021?_x000D_
  4. Qual a previsão para normalizar o abastecimento dos produtos de A limpeza e higiene?</t>
   </si>
   <si>
     <t>5109</t>
   </si>
   <si>
     <t>https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5109/requerimento_n_281-2021.pdf</t>
   </si>
   <si>
     <t>O Vereador Professor Léo, que adiante subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente por meio deste, requerer, com urgência, através da Secretaria competente, o seguinte:_x000D_
 1. Requer seja informado se o Núcleo de Saúde da Família (NASF) está em pleno funcionamento em nosso Município._x000D_
 2. Requer seja informado quais as especialidades o referido núcleo atende._x000D_
 3. Requer seja informado acerca dos agendamentos de consultas, exames, emissões de guias, atendimentos etc._x000D_
 4. Requer seja apresentado o valor total reservado para utilização no NASF neste município.</t>
   </si>
   <si>
     <t>5110</t>
   </si>
   <si>
@@ -9379,51 +9379,51 @@
   </si>
   <si>
     <t>Requer, seja expedido ofício a Autopista Planalto Sul, DNIT, ANTT e Policia Rodoviária Federal para que envie a esta Casa de Leis, as seguintes informações referentes aos acidentes que corresponde dentro do perímetro urbano de Fazenda Rio Grande no trecho entre a ponte do Rio Iguaçu até a ponte do Rio Maurício, respectivas divisas do Município._x000D_
 a) Quantas ocorrências foram registradas no local referido, nos últimos 3 (três) anos?_x000D_
 b) Dessas ocorrências, quantas tiveram vítimas fatais?_x000D_
 c) Quantas pessoas tiveram ferimentos graves devido aos acidentes?</t>
   </si>
   <si>
     <t>5194</t>
   </si>
   <si>
     <t>ASSUNTO: OFERTA DO TRANSPORTE PÚBLICO ESCOLAR NOS ESTABELECIMENTOS DA REDE BÁSICA DE ENSINO - CONTEMPLAR O RAIO IGUAL OU INFERIOR A DOIS QUILÔMETROS ENTRE RESIDÊNCIA(S) DO(S) ALUNO(S) E REDE DE ENSINO._x000D_
 O Vereador Professor Léo, que adiante subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente por meio deste, requerer, com urgência, através da Secretaria competente, o seguinte:_x000D_
 Levando em consideração a Instrução Normativa nº 12/2012 — SEED/SUDE/DILOG, bem como a real necessidade dos alunos da Educação Básica de ensino, faz-se necessário que o transporte público escolar seja ofertado a todos e, sobretudo, para aqueles casos que se enquadram no disposto no nº 2 em 2.1.4” da referida Instrução Normativa. Ou seja, requer por meio deste, que o transporte escolar dos alunos da Educação Básica, em zona rural ou urbana, seja atendido, mesmo nos casos em que a distância entre as escolas e suas residências sejam iguais ou inferiores a 02 (dois) quilômetros.</t>
   </si>
   <si>
     <t>5212</t>
   </si>
   <si>
     <t>Requer seja expedido ofício ao Exmo. Sr. Deputado Estadual Wilmar Reichembach - PSC — PR, para que destine um veículo Automóvel Caminhonete para a Secretaria Municipal de Meio Ambiente. Requer ainda, que seja expedido ofício ao Exmo. Sr. Prefeito Municipal, através da secretaria responsável, para faça o pedido no cadastro do Governo do Estado do Paraná.</t>
   </si>
   <si>
     <t>5213</t>
   </si>
   <si>
-    <t>Caio Szadskoski, Rafael Campaner</t>
+    <t>Caio Szadkoski, Rafael Campaner</t>
   </si>
   <si>
     <t>Requer seja expedido ofício ao Sr. Prefeito Municipal Dr. Nassib Hammad para que, através da Secretaria competente nos forneça as seguintes informações:_x000D_
 1. Onde está o castra móvel?_x000D_
 2. O que impede ele de estar fazendo o atendimento para o qual foi adquirido?_x000D_
 3. Existe alguma previsão de retorno dos atendimentos aos animais?_x000D_
 4. Está sendo feita a manutenção preventiva do mesmo? Qual órgão é responsável pelos custos das manutenções?</t>
   </si>
   <si>
     <t>5214</t>
   </si>
   <si>
     <t>Requer seja expedido ofício ao Sr. Prefeito Municipal Dr. Nassib Hammad para que, através da Secretaria competente nos forneça as seguintes informações:_x000D_
 1. Quais cursos são disponibilizados pela Secretaria Municipal do Trabalho e os horários das respectivas aulas?_x000D_
 2. Onde são realizados os cursos?_x000D_
 3. Como é feita a divulgação destes cursos para a população?_x000D_
 4. Para quem são oferecidos os cursos? Quais requisitos para participar?_x000D_
 5. O curso é gratuito ou tem algum custo pelo participante? Se houver custo, qual o valor a ser pago?_x000D_
 6. Como pode ser feita a inscrição?</t>
   </si>
   <si>
     <t>5215</t>
   </si>
   <si>
     <t>Requer seja expedido ofício ao Exmo. Sr. Prefeito Municipal para que, por meio da secretaria competente, preste informações sobre a possibilidade de instalação de totens de segurança nos principais espaços públicos do município de Fazenda Rio Grande, para atuar de maneira integrada com a Guarda Municipal, exercendo funções de vigilância por câmeras e acionamento de ocorrências.</t>
@@ -9729,51 +9729,51 @@
  Requer sejam apresentadas quais ruas (relação nominal) estão em processo de execução de asfaltamento, bem como calçamento._x000D_
  Requer sejam apresentadas quais ruas (relação nominal) da cidade carecem de asfaltamento, bem como calçamento._x000D_
  Requer sejam apresentadas se há ruas que estão incluídas no plano de asfaltamento e/ou calçamento, mas ainda não foram executadas, em caso positivo, quais são as referidas ruas (relação nominal)._x000D_
 Requer sejam apresentadas se há ruas que não ...</t>
   </si>
   <si>
     <t>5300</t>
   </si>
   <si>
     <t>Requeiro à mesa, com a observância nas disposições regimentais e após ouvido o Douto Plenário, seja enviado ofício à Secretaria competente, solicitando os bons préstimos de Vossa Senhoria, a seguinte informação: Existe algum empenho a ser pago referente a contratos anteriores de empresas que forneciam médicos e que prestam ou prestavam serviço na área da saúde”?</t>
   </si>
   <si>
     <t>5301</t>
   </si>
   <si>
     <t>Irmão Jose Miranda, Julio Beiço</t>
   </si>
   <si>
     <t>Requeiro à mesa, com a observância nas disposições regimentais e após ouvido o Douto Plenário, seja enviado ofício à Secretaria competente, solicitando os bons préstimos de Vossa Senhoria, a seguintes informações: _x000D_
  Referente a UPA da Fazenda Rio Grande, existe algum processo de licitação ou dispensa de licitação para compras de matérias de manutenção predial, matérias de urgência e emergência, manutenção dos aparelhos de ar-condicionado, o mesmo entre lençóis e cobertores, e outros que acarretam em um bom atendimento à população?</t>
   </si>
   <si>
     <t>5302</t>
   </si>
   <si>
-    <t>Irmão Jose Miranda, Alexandre Maringá, Brandão, Caio Szadskoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Julio Beiço, Luiz Sergio Claudino - Serjão, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
+    <t>Irmão Jose Miranda, Alexandre Maringá, Brandão, Caio Szadkoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Julio Beiço, Luiz Sergio Claudino - Serjão, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
   </si>
   <si>
     <t>Requer que seja expedido ofício ao Exmo. Sr. Prefeito Municipal para que através da Secretaria competente, envie a esta casa de Leis as seguintes informações:_x000D_
 1. Envie cópia do contrato com a empresa responsável pelos radares do município;_x000D_
 2. Informar se os radares estão sendo calibrados regularmente e qual o tempo médio para que seja realizada a calibragem dos equipamentos;_x000D_
 3. Quais medidas preventivas estão sendo adotadas para evitar multas e cobranças indevidas, em situações em que a população está sendo autuada mesmo transitando dentro da velocidade permitida para via?_x000D_
 4. E no caso de aplicação de multa indevida, qual procedimento os cidadãos devem tomar?_x000D_
 5. Qual a possibilidade do município disponibilizar alguém para auxiliar a população nas defesas de multas instauradas pelos equipamentos descalibrados?_x000D_
 6. Qual a possibilidade de fazer a suspensão de todos os radares, até que seja feita a aferição de todos os equipamentos e que todos eles estejam com a sinalização adequada?...</t>
   </si>
   <si>
     <t>5324</t>
   </si>
   <si>
     <t>Requer seja oficiado o Exmo. Sr. Prefeito Municipal, para que o mesmo, através da Secretaria de Gabinete, apresente as respostas do Requerimento nº 301/2021, o qual segue anexo, no prazo de 48 (quarenta e oito) horas uma vez que não foi apresentado resposta no prazo regimental.</t>
   </si>
   <si>
     <t>5325</t>
   </si>
   <si>
     <t>Requer que seja expedido ofício ao Exmo. Sr. Prefeito Municipal, para que, através da Secretaria competente, oficialize a numeração das chácaras do Jardim D'ltalia, sendo elas nas seguintes ruas:_x000D_
 1. Avenida Venezuela após o rio Ana Luiza:_x000D_
 2. Rua das Rosas;_x000D_
 3. Rua das Camélias;_x000D_
 4. Rua dos Lírios;_x000D_
@@ -9793,51 +9793,51 @@
 6) Essa contratação foi submetida para análise de algum Conselho Municipal? Se sim, favor apresentar as atas das respectivas reuniões._x000D_
 7) Favor apresentar o parecer do Controle Interno acerca desta contratação._x000D_
 8) A Prefeitura Municipal, por meio do seu competente quadro de profissionais, conseguiria desenvolver, ao menos que parcialmente, as atividades desta contratação?_x000D_
 9) Qual a justificativa de ter sido realizada esta contratação sem ser submetida à livre concorrên...</t>
   </si>
   <si>
     <t>5327</t>
   </si>
   <si>
     <t>Requer seja expedido ofício ao Exmo. Sr. Prefeito para que, por meio da Secretaria Municipal de Esporte, Lazer e Juventude, informe se existe alguma programação para a realização de eventos esportivos em nossa cidade, ainda no ano de 2021, voltados para:_x000D_
 1) ciclismo / pedalada:_x000D_
 2) corridas de rua;_x000D_
 3) caminhadas coletivas. _x000D_
 Em caso afirmativo, favor informar o detalhamento dos eventos supracitados.</t>
   </si>
   <si>
     <t>5328</t>
   </si>
   <si>
     <t>Requer nos termos regimentais, que seja expedido ofício ao Excelentíssimo Prefeito Municipal para que através da secretaria competente, disponibilize a esta casa de leis as cópias de todos os produtos e serviços que o municípios adquiriu e fez uso e das notas que foram assinadas, de todas as dispensas de licitação que o município teve desde 01/01/2021 até o dia 26/10/2021.</t>
   </si>
   <si>
     <t>5329</t>
   </si>
   <si>
-    <t>Alexandre Maringá, Caio Szadskoski, Enfermeiro Zé Carlos, Julio Beiço, Rafael Campaner</t>
+    <t>Alexandre Maringá, Caio Szadkoski, Enfermeiro Zé Carlos, Julio Beiço, Rafael Campaner</t>
   </si>
   <si>
     <t>Requer seja oficiado o Exmo. Sr. Prefeito Municipal, para que o mesmo, através da Secretaria de Gabinete, apresente a escala dos funcionários concursados e terceirizados que estavam em serviço no dia 27/10/2021 no SAMU — Equipe de Unidade de Suporte Avançado (ALFA) e Equipe Unidade de Suporte Básico (BRAVO).</t>
   </si>
   <si>
     <t>5332</t>
   </si>
   <si>
     <t>Requer seja enviado ofício ao Secretário de Justiça, Família e Trabalho do Estado do Paraná Ney Leprevost, para que possa viabilizar ao município de Fazenda Rio Grande o Programa Paraná Cidadão, e também, trazendo para nossa região Suleste do Paraná, o Programa de Municipalização da SEJUF, que pode vir a ser realizado em conjunto com a ACINFAZ, tendo em vista programas como Cartão Futuro Paraná entre outros.</t>
   </si>
   <si>
     <t>5333</t>
   </si>
   <si>
     <t>Requer seja expedido Ofício ao Exmo. Deputado Estadual Alexandre Curi, solicitando ao nobre Deputado que interceda junto ao Governo Estadual, para que seja viabilizada emenda orçamentária no valor de 300.000,00 (Trezentos Mil Reais) para implantação de um parquinho infantil na Rua Antonina em frente ao número 252 bairro Estados em favor da Secretaria Municipal de Obras no Município de Fazenda Rio Grande.</t>
   </si>
   <si>
     <t>5334</t>
   </si>
   <si>
     <t>Requer, seja expedido ofício ao Sr. Prefeito Municipal, para que envie a esta Casa de Leis, as seguintes informações referentes a Escola Municipal _x000D_
 Greernfield:_x000D_
 a) Em qual fase a obra se encontra?_x000D_
 b) Qual o prazo de entrega da obra?_x000D_
 c) Quantas vagas serão oferecidas?_x000D_
@@ -9969,51 +9969,51 @@
   <si>
     <t>5388</t>
   </si>
   <si>
     <t>Requer seja expedido Ofício ao Exmo. Sr. Prefeito Municipal para que o mesmo através da Secretaria competente, faça um estudo e nos informe se há possibilidade de um projeto de ligação entre os loteamentos Bosque das Araucárias e Jardim Brilhante através da rua Santa Rita de Cássia no bairro Santa Terezinha.</t>
   </si>
   <si>
     <t>5389</t>
   </si>
   <si>
     <t>Irmão José Miranda, Luiz Sergio Claudino - Serjão, Prof. Fabiano Fubá</t>
   </si>
   <si>
     <t>Requer que seja expedido ofício ao Secretário de Justiça, Família e Trabalho do Estado do Paraná Ney Leprevost, para viabilização de recursos para a construção de uma nova sede do Conselho Tutelar em Fazenda Rio Grande.</t>
   </si>
   <si>
     <t>5390</t>
   </si>
   <si>
     <t>Requer nos termos regimentais, que seja expedido ofício ao Excelentíssimo Prefeito Municipal para que através da secretaria competente, disponibilize a esta casa de leis as cópias das escalas da UPA 24h do mês de outubro, e também a relação de todos os servidores que trabalharam no dia 27/10/2021 da 07:00h até 19:00h.</t>
   </si>
   <si>
     <t>5391</t>
   </si>
   <si>
-    <t>Irmão José Miranda, Alexandre Maringá, Brandão, Caio Szadskoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Julio Beiço, Luiz Sergio Claudino - Serjão, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
+    <t>Irmão José Miranda, Alexandre Maringá, Brandão, Caio Szadkoski, Dr. Renan Wozniack, Enfermeiro Zé Carlos, Gilmar José Petry, Julio Beiço, Luiz Sergio Claudino - Serjão, Professor Léo, Prof. Fabiano Fubá, Rafael Campaner, Sandro do Proteção</t>
   </si>
   <si>
     <t>Requeiro à mesa, com a observância nas disposições regimentais e após ouvido o Douto Plenário, seja enviado ofício ao Exmo. Sr. Deputado Federal Antônio Wandscheer (PROS/PR), solicitando os bons préstimos de Vossa Senhoria, para interceder junto ao Governo Federal, emenda parlamentar no valor de R$ 1.000.000,00 Um Milhão de Reais, afim de realizar obras para pavimentação asfáltica, recapeamento em diversas ruas do Bairro Iguaçu neste Município.</t>
   </si>
   <si>
     <t>5392</t>
   </si>
   <si>
     <t>Requeremos à mesa, com a observância nas disposições regimentais e após ouvido o Douto Plenário, seja enviado ofício à COMEC Coordenação da Região Metropolitana de Curitiba, solicitando os bons préstimos de Vossa Senhoria, as seguintes informações:_x000D_
 1- Com a queda nos números de casos da covid-19 os horários das linhas que operam no Município estão voltando a sua normalidade como era antes da pandemia?_x000D_
 2 - O que tem sido feito para trazer melhorias no transporte coletivo de Fazenda Rio Grande?_x000D_
 3 - Quais as linhas que mantem reclamações por parte dos usuários a respeito das lotações nos veículos, e quais medidas estão sendo tomadas para resolver esses problemas?_x000D_
 4 - Sobre os projetos de obras que podem ser feitos em Fazenda Rio Grande e próximo a região do Município, existe projetos em andamento, quais são eles e em que fase esses projetos se encontram?_x000D_
 5 - Solicitamos para que se possível a COMEC possa estar presencialmente pela pessoa de seu presidente Gilson Santos e sua equipe ...</t>
   </si>
   <si>
     <t>5393</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>Requer seja expedido oficio ao Excelentíssimo Senhor Prefeito Municipal para que juntamente à Secretaria Responsável, informe a esta Casa de Leis qual a data que dará início as obras de continuidade da realização da pavimentação asfáltica da Rua Lucinir Franco da Rocha e também qual a provável data para término da mesma.</t>
   </si>
   <si>
@@ -10399,51 +10399,51 @@
 b) Qual o prazo de entrega da obra?_x000D_
 c) Quantas vagas serão oferecidas?_x000D_
 d) Qual valor total de investimento da obra?_x000D_
 e) Tendo em vista o prazo de entrega da obra seria para o dia 24 de novembro de 2020, e a obra ainda não foi finalizada, a prefeitura irá pagar aditivos para que o andamento da obra continue? se sim, qual o valor?</t>
   </si>
   <si>
     <t>5492</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>Requer seja expedido ofício ao Exmo. Sr. Prefeito Municipal para que preste informações sobre:_x000D_
 a) Explique o porquê vários contribuintes estão recebendo cobranças indevidas de IPTU, tendo em vista que nestes casos os impostos encontram-se pagos._x000D_
 b) Apresente o valor gasto com Correios pelo Departamento de Arrecadação nos anos de 2020 e 2021._x000D_
 c) Explique o porquê contribuintes que possuem Taxas, REFIS em aberto, receberam cobranças individualizadas acarretando gastos desnecessários com Correios._x000D_
 d) Caso as denúncias sejam afirmativas informe quais os procedimentos administrativos deverão ser aplicados.</t>
   </si>
   <si>
     <t>5493</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>Brandão, Caio Szadskoski</t>
+    <t>Brandão, Caio Szadkoski</t>
   </si>
   <si>
     <t>Requerem seja expedido ofício ao Exmo. Sr. Prefeito Nassib Hammad para que, através da secretaria competente nos forneça a seguinte informação: e Às unidades básicas de saúde deste município estão encaminhando os pacientes para realizar o exame de endoscopia”? Se sim, como está sendo feito o agendamento e onde está sendo realizado o exame.</t>
   </si>
   <si>
     <t>5494</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>ASSUNTO: PEDIDO DE POTENCIALIZAÇÃO DA SEGURANÇA PÚBLICA NO BAIRRO NAÇÕES._x000D_
 O Vereador Professor Léo, que adiante subscreve, no uso de suas atribuições legais e regimentais, vem, respeitosamente por meio deste, requerer, através da Secretaria competente, o seguinte: e Requer sejam adotadas estratégias a fim de potencializar a segurança pública na Avenida Paraguai, no Bairro Nações, em Fazenda Rio Grande/PR.</t>
   </si>
   <si>
     <t>5775</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>Marco Antonio Santos</t>
   </si>
   <si>
     <t>Requerimento 470</t>
@@ -10988,51 +10988,51 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4456/indicacao_001-2021.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4457/indicacao_04-2021.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4458/indicacao_05-2021.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4478/indicacao_06-2021.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4459/indicacao_07-2021.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4460/indicacao_09-2021.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4461/indicacao_10-2021.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4462/indicacao_11-2021.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4463/indicacao_13-2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4464/indicacao_14-2021.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4465/indicacao_15-2021.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4466/indicacao_16-2021.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4467/indicacao_17-2021.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4479/indicacao_18-2021.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4480/indicacao_19-2021.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4589/indicacao_n_20.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4481/indicacao_21-2021.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4482/indicacao_22-2021.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4483/indicacao_23-2021.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4484/indicacao_24-2021.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4485/indicacao_25-2021.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4510/indicacao_n_26.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4486/indicacao_27-2021.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4487/indicacao_28-2021.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4488/indicacao_29-2021.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4489/indicacao_30-2021.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4490/indicacao_31-2021.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4491/indicacao_32-2021.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4492/indicacao_34-2021.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4511/indicacao_n_36.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4538/indicacao_n_37.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4614/indicacao_n_38.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4512/indicacao_n_39.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4513/indicacao_n_40.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4514/indicacao_n_41.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4515/indicacao_n_42.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4516/indicacao_n_43.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4517/indicacao_n_44.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4539/indicacao_n_45.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4518/indicacao_n_46.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4519/indicacao_n_47.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4520/indicacao_n_48.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4521/indicacao_n_49.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4522/indicacao_n_50.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4540/indicacao_n_52.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4541/indicacao_n_53.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4542/indicacao_n_54.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4543/indicacao_n_55.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4792/indicacao_n_56.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4545/requerimento_n_57.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4546/indicacao_n_58.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4547/indicacao_n_59.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4548/indicacao_n_60.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4549/indicacao_n_61.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4550/indicacao_n_62.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4564/indicacao_n_63.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4565/indicacao_n_64.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4566/indicacao_n_65.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4590/indicacao_n_66.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4567/indicacao_n_67.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4568/indicacao_n_68.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4569/indicacao_n_69.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4570/indicacao_n_70.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4571/indicacao_n_71.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4572/indicacao_n_72.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4573/indicacao_n_73.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4574/indicacao_n_74.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4575/indicacao_n_75.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4576/indicacao_n_76.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4591/indicacao_n_77.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4592/indicacao_n_80.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4593/indicacao_n_81.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4594/indicacao_n_82.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4595/indicacao_n_83.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4596/indicacao_n_84.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4597/indicacao_n_85.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4598/indicacao_n_86.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4599/indicacao_n_87.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4600/indicacao_n_88.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4601/indicacao_n_89.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4615/indicacao_n_90.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4616/indicacao_n_92.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4617/indicacao_n_93.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4618/indicacao_n_94.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4619/indicacao_n_96.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4620/indicacao_n_97.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4621/indicacao_n_98.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4622/indicacao_n_99.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4623/indicacao_n_100.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4624/indicacao_n_101.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4625/indicacao_n_102.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4626/indicacao_n_103.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4641/indicacao_n_104.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4642/indicacao_n_105.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4643/indicacao_n_106.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4644/indicacao_n_108.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4645/indicacao_n_109.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4646/indicacao_n_110.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4647/indicacao_n_111.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4648/indicacao_n_112.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4649/indicacao_n_113.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4650/indicacao_n_114.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4651/indicacao_n_115.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4664/indicacao_n_116.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4665/indicacao_n_117.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4666/indicacao_n_118.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4667/indicacao_n_119.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4668/indicacao_n_120.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4669/indicacao_n_121.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4670/indicacao_n_121.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4671/indicacao_n_123.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4672/indicacao_n_124.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4673/indicacao_n_125.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4674/indicacao_n_126.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4689/indicacao_n_127.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4711/indicacao_n_128.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4690/indicacao_n_129.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4691/indicacao_n_130.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4692/indicacao_n_131.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4693/indicacao_n_132.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4694/indicacao_n_133.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4695/indicacao_n_134.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4696/indicacao_n_135.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4697/indicacao_n_136.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4698/indicacao_n_137.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4699/indicacao_n_138.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4712/indicacao_n_139.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4713/indicacao_n_140.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4714/indicacao_n_141.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4715/indicacao_n_142.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4716/indicacao_n_143.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4717/indicacao_n_144.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4718/indicacao_n_145.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4719/indicacao_n_146.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4720/indicacao_n_147.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4721/indicacao_n_148.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4722/indicacao_n_149.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4723/indicacao_n_150.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4799/indicacao_n_152.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4800/indicacao_n_153.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4801/indicacao_n_154.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4802/indicacao_n_156.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4803/indicacao_n_157.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4804/indicacao_n_158.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4805/indicacao_n_159.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4806/indicacao_n_160.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4807/indicacao_n_161.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4808/indicacao_n_162.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4809/indicacao_n_163.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4832/indicacao_n_165-2021.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4833/indicacao_n_166-2021.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4834/indicacao_n_167-2021.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4835/indicacao_n_168-2021.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4836/indicacao_n_169-2021.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4837/indicacao_n_170-2021.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4838/indicacao_n_171-2021.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4839/indicacao_n_172-2021.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4840/indicacao_n_173-2021.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4842/indicacao_n_174-2021.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4843/indicacao_n_175-2021.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4863/indicacao_n_177-2021.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4864/indicacao_n_178-2021.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4865/indicacao_n_179-2021.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4866/indicacao_n_180-2021.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4867/indicacao_n_181-2021.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4868/indicacao_n_182-2021.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4869/indicacao_n_183-2021.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4870/indicacao_n_184-2021.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4871/indicacao_n_185-2021.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4872/indicacao_n_186-2021.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4873/indicacao_n_187-2021.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4874/indicacao_n_188-2021.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4892/indicacao_n_189-2021.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4893/indicacao_n_190-2021.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4894/indicacao_n_191-2021.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4895/indicacao_n_192-2021.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4896/indicacao_n_193-2021.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4897/indicacao_n_194-2021.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4898/indicacao_n_195-2021.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4899/indicacao_n_196-2021.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4900/indicacao_n_197-2021.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4901/indicacao_n_198-2021.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4902/indicacao_n_199-2021.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4903/indicacao_n_200-2021.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4904/indicacao_n_201-2021.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4925/indicacao_n_203-2021.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4926/indicacao_n_204-2021.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4927/indicacao_n_205-2021.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4928/indicacao_n_206-2021.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4929/indicacao_n_207-2021.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4930/indicacao_n_208-2021.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4931/indicacao_n_209-2021.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4932/indicacao_n_210-2021.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4933/indicacao_n_211-2021.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4934/indicacao_n_212-2021.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4935/indicacao_n_213-2021.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4936/indicacao_n_214-2021.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4937/indicacao_n_215-2021.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4960/indicacao_n_228-2021.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4993/indicacao_n_217-2021.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4994/indicacao_n_218-2021.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4995/indicacao_n_219-2021.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4996/indicacao_n_220-2021.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4997/indicacao_n_221-2021.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4998/indicacao_n_222-2021.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4999/indicacao_n_223-2021.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5016/indicacao_n_224-2021.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5000/indicacao_n_225-2021.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5001/indicacao_n_226-2021.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5002/indicacao_n_227-2021.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4961/indicacao_n_229-2021.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4962/indicacao_n_230-2021.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4963/indicacao_n_231-2021.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5017/indicacao_232-2021.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4964/indicacao_n_233-2021.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4965/indicacao_n_234-2021.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4966/indicacao_n_235-2021.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4967/indicacao_n_236-2021.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4968/indicacao_n_237-2021.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4969/indicacao_n_238-2021.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4970/indicacao_n_239-2021.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5049/indicacao_240-2021.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5050/indicacao_241-2021.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5051/indicacao_242-2021.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5052/indicacao_243-2021.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5053/indicacao_244-2021.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5083/indicacao_245-2021.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5055/indicacao_246-2021.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5056/indicacao_247-2021.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5058/indicacao_248-2021.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5057/indicacao_249-2021.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5059/indicacao_250-2021.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5023/indicacao_263-2021.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5024/indicacao_264-2021.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5025/indicacao_265-2021.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5026/indicacao_266-2021.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5027/indicacao_267-2021.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5028/indicacao_268-2021.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5029/indicacao_269-2021.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5030/indicacao_270-2021.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5031/indicacao_271-2021.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5032/indicacao_272-2021.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5033/indicacao_273-2021.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5034/indicacao_274-2021.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5035/indicacao_275-2021.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5054/indicacao_245-2021.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5226/projeto_de_lei_028-2021_executivo.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4468/requerimento_02-2021.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4469/requerimento__03-2021.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4470/requerimento_07-2021.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4471/requerimento_09-2021.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4472/requerimento_10-2021.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4473/requerimento_11-2021.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4474/requerimento_12-2021.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4475/requerimento_13-2021.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4476/requerimento_14-2021.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4477/requerimento_15-2021.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4493/requerimento_16-2021.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4494/requerimento_17-2021.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4495/requerimento_18-2021.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4496/requerimento_19-2021.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4497/requerimento_20-2021.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4523/requeriento_n_21.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4498/requerimento_22-2021.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4499/requerimento_23-2021.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4500/requerimento_24-2021.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4501/requerimento_25-2021.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4502/requerimento_26-2021.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4503/requerimento_27-2021.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4504/requerimento_28-2021.pdf" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4505/requerimento_29-2021.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4506/requerimento_31-2021.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4507/requerimento_32-2021.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4524/requeriento_n_33.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4508/requerimento_36-2021.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4509/requerimento_37-2021.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4525/requeriento_n_38.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4526/requeriento_n_40.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4527/requeriento_n_41.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4528/requeriento_n_42.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4529/requeriento_n_43.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4530/requeriento_n_44.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4531/requeriento_n_45.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4532/requeriento_n_46.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4533/requeriento_n_47.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4534/requeriento_n_48.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4535/requeriento_n_49.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4536/requeriento_n_50.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4537/requeriento_n_51.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4551/requerimento_n_52.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4552/requerimento_n_53.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4553/requerimento_n_54.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4554/requerimento_n_55.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4544/requerimento_n_56.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4555/requerimento_n_57.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4556/requerimento_n_58.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4557/requerimento_n_59.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4558/requerimento_n_60.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4559/requerimento_n_61.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4560/requerimento_n_62.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4561/requerimento_n_63.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4562/requerimento_n_64.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4563/requerimento_n_65.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4577/requerimento_n_66.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4578/requerimento_n_67.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4579/requerimento_n_68.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4580/requerimento_n_69.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4602/requerimento_n_70.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4581/requerimento_n_71.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4582/requerimento_n_72.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4583/requerimento_n_73.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4584/requerimento_n_74.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4585/requerimento_n_75.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4603/requerimento_n_76.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4586/requerimento_n_77.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4587/requerimento_n_78.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4588/requerimento_n_79.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4604/requerimento_n_80.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4605/requerimento_n_81.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4606/requerimento_n_82.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4607/requerimento_n_83.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4608/requerimento_n_84.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4609/requerimento_n_85.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4610/requerimento_n_86.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4611/requerimento_n_87.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4612/requerimento_n_88.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4613/requerimento_n_89.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4627/requerimento_n_90.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4628/requerimento_n_91.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4629/requerimento_n_92.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4630/requerimento_n_93.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4631/requerimento_n_94.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4632/requerimento_n_95.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4633/requerimento_n_96.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4634/requerimento_n_97.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4635/requerimento_n_98.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4636/requerimento_n_99.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4637/requerimento_n_100.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4638/requerimento_n_101.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4639/requerimento_n_102.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4640/requerimento_n_103.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4652/requerimento_n_104.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4653/requerimento_n_105.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4675/requerimento_n_106.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4654/requerimento_n_107.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4655/requerimento_n_108.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4656/requerimento_n_109.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4657/requerimento_n_110.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4658/requerimento_n_111.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4659/requerimento_n_112.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4660/requerimento_n_113.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4661/requerimento_n_114.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4662/requerimento_n_115.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4663/requerimento_n_116.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4676/requerimento_n_118.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4677/requerimento_n_119.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4678/requerimento_n_120.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4679/requerimento_n_121.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4680/requerimento_n_123.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4681/requerimento_n_124.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4682/requerimento_n_125.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4683/requerimento_n_126.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4684/requerimento_n_127.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4685/requerimento_n_128.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4686/requerimento_n_129.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4687/requerimento_n_130.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4688/requerimento_n_131.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4700/requerimento_n_132.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4701/requerimento_n_133.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4724/requerimento_n_134.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4702/requerimento_n_135.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4703/requerimento_n_136.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4704/requerimento_n_137.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4705/requerimento_n_139.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4706/requerimento_n_140.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4707/requerimento_n_141.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4708/requerimento_n_142.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4709/requerimento_n_143.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4725/requerimento_n_145.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4726/requerimento_n_146.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4727/requerimento_n_147.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4728/requerimento_n_148.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4729/requerimento_n_149.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4730/requerimento_n_150.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4731/requerimento_n_151.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4732/requerimento_n_152.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4733/requerimento_n_153.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4734/requerimento_n_154.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4735/requerimento_n_155.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4736/requerimento_n_156.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4737/requerimento_n_157.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4810/requerimento_n_158.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4811/requerimento_n_159.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4812/requerimento_n_160.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4813/indicacao_n_161.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4814/indicacao_n_162.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4815/requerimento_n_163.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4816/requerimento_n_164.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4817/requerimento_n_165.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4818/requerimento_n_166.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4819/requerimento_n_167.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4820/requerimento_n_168.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4821/requerimento_n_169.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4822/requerimento_n_170.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4823/requerimento_n_171.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4824/requerimento_n_172.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4846/requerimento_n_173-2021.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4847/requerimento_n_174-2021.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4848/indicacao_n_175-2021.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4849/requerimento_n_176-2021.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4850/requerimento_n_177-2021.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4851/requerimento_n_178-2021.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4852/requerimento_n_179-2021.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4853/requerimento_n_180-2021.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4854/requerimento_n_181-2021.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4855/requerimento_n_182-2021.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4856/requerimento_n_183-2021.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4875/requerimento_n_184-2021.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4857/requerimento_n_185-2031.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4858/requerimento_n_186-2021.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4859/requerimento_n_187-2021.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4878/requerimento_n_189-2021.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4879/requerimento_n_190-2021.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4880/requerimento_n_191-2021.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4881/requerimento_n_192-2021.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4883/requerimento_n_194-2021.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4884/requerimento_n_195-2021.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4885/requerimento_n_196-2021.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4886/requerimento_n_197-2021.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4887/requerimento_n_198-2021.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4888/requerimento_n_199-2021.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4889/requerimento_n_200-2021.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4890/requerimento_n_201-2021.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4891/requerimento_n_202-2021.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4905/requerimento_n_203-2021.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4906/requerimento_n_204-2021.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4907/requerimento_n_205-2021.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4908/requerimento_n_206-2021.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4909/requerimento_n_207-2021.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4910/requerimento_n_208-2021.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4911/requerimento_n_210-2021.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4912/requerimento_n_211-2021.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4913/requerimento_n_212-2021.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4914/requerimento_n_213-2021.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4915/requerimento_n_214-2021.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4916/requerimento_n_215-2021.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4917/requerimento_n_216-2021.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4918/requerimento_n_217-2021.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4938/requerimento_n_218-2021.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4939/requerimento_n_219-2021.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4940/requerimento_n_220-2021.pdf" TargetMode="External"/><Relationship Id="rId792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4941/requerimento_n_221-2021.pdf" TargetMode="External"/><Relationship Id="rId793" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4942/requerimento_n_222-2021.pdf" TargetMode="External"/><Relationship Id="rId794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4943/requerimento_n_223-2021.pdf" TargetMode="External"/><Relationship Id="rId795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4944/requerimento_n_224-2021.pdf" TargetMode="External"/><Relationship Id="rId796" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4945/requerimento_n_225-2021.pdf" TargetMode="External"/><Relationship Id="rId797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4946/requerimento_n_226-2021.pdf" TargetMode="External"/><Relationship Id="rId798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4947/requerimento_n_227-2021.pdf" TargetMode="External"/><Relationship Id="rId799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5003/requerimento_n_229-2021.pdf" TargetMode="External"/><Relationship Id="rId800" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5004/requerimento_n_230-2021.pdf" TargetMode="External"/><Relationship Id="rId801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5005/requerimento_n_231-2021.pdf" TargetMode="External"/><Relationship Id="rId802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5006/requerimento_n_232-2021.pdf" TargetMode="External"/><Relationship Id="rId803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5007/requerimento_n_233-2021.pdf" TargetMode="External"/><Relationship Id="rId804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5008/requerimento_n_234-2021.pdf" TargetMode="External"/><Relationship Id="rId805" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5009/requerimento_n_235-2021.pdf" TargetMode="External"/><Relationship Id="rId806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5010/requerimento_n_236-2021.pdf" TargetMode="External"/><Relationship Id="rId807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5011/requerimento_n_237-2021.pdf" TargetMode="External"/><Relationship Id="rId808" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5012/requerimento_n_238-2021.pdf" TargetMode="External"/><Relationship Id="rId809" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5013/requerimento_n_239-2021.pdf" TargetMode="External"/><Relationship Id="rId810" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5014/requerimento_n_240-2021.pdf" TargetMode="External"/><Relationship Id="rId811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4971/requerimento_n_241-2021.pdf" TargetMode="External"/><Relationship Id="rId812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4972/requerimento_n_242-2021.pdf" TargetMode="External"/><Relationship Id="rId813" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4973/requerimento_n_243-2021.pdf" TargetMode="External"/><Relationship Id="rId814" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4974/requerimento_n_244-2021.pdf" TargetMode="External"/><Relationship Id="rId815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4975/requerimento_n_245-2021.pdf" TargetMode="External"/><Relationship Id="rId816" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4976/requerimento_n_246-2021.pdf" TargetMode="External"/><Relationship Id="rId817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4977/requerimento_n_251-2021.pdf" TargetMode="External"/><Relationship Id="rId818" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4978/requerimento_n_252-2021.pdf" TargetMode="External"/><Relationship Id="rId819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4979/requerimento_n_253-2021.pdf" TargetMode="External"/><Relationship Id="rId820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/4980/requerimento_n_254-2021.pdf" TargetMode="External"/><Relationship Id="rId821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5067/requerimento_255-2021.pdf" TargetMode="External"/><Relationship Id="rId822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5068/requerimento_256-2021.pdf" TargetMode="External"/><Relationship Id="rId823" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5069/requerimento_257-2021.pdf" TargetMode="External"/><Relationship Id="rId824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5070/requerimento_258-2021.pdf" TargetMode="External"/><Relationship Id="rId825" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5071/requerimento_259-2021.pdf" TargetMode="External"/><Relationship Id="rId826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5072/requerimento_260-2021.pdf" TargetMode="External"/><Relationship Id="rId827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5073/requerimento_261-2021.pdf" TargetMode="External"/><Relationship Id="rId828" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5074/requerimento_262-2021.pdf" TargetMode="External"/><Relationship Id="rId829" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5075/requerimento_263-2021.pdf" TargetMode="External"/><Relationship Id="rId830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5076/requerimento_264-2021.pdf" TargetMode="External"/><Relationship Id="rId831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5077/requerimento_265-2021.pdf" TargetMode="External"/><Relationship Id="rId832" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5078/requerimento_266-2021.pdf" TargetMode="External"/><Relationship Id="rId833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5079/requerimento_267-2021.pdf" TargetMode="External"/><Relationship Id="rId834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5080/requerimento_268-2021.pdf" TargetMode="External"/><Relationship Id="rId835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5081/requerimento_269-2021.pdf" TargetMode="External"/><Relationship Id="rId836" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5082/requerimento_270-2021.pdf" TargetMode="External"/><Relationship Id="rId837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId838" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId839" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5109/requerimento_n_281-2021.pdf" TargetMode="External"/><Relationship Id="rId848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5110/requerimento_n_282-2021.pdf" TargetMode="External"/><Relationship Id="rId849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5036/requerimento_283-2021.pdf" TargetMode="External"/><Relationship Id="rId850" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5037/requerimento_284-2021.pdf" TargetMode="External"/><Relationship Id="rId851" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5038/requerimento_285-2021.pdf" TargetMode="External"/><Relationship Id="rId852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5039/requerimento_286-2021.pdf" TargetMode="External"/><Relationship Id="rId853" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5040/requerimento_287-2021.pdf" TargetMode="External"/><Relationship Id="rId854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5041/requerimento_288-2021.pdf" TargetMode="External"/><Relationship Id="rId855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5042/requerimento_289-2021.pdf" TargetMode="External"/><Relationship Id="rId856" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5043/requerimento_290-2021.pdf" TargetMode="External"/><Relationship Id="rId857" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5044/requerimento_291-2021.pdf" TargetMode="External"/><Relationship Id="rId858" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5045/requerimento_292-2021.pdf" TargetMode="External"/><Relationship Id="rId859" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5046/requerimento_293-2021.pdf" TargetMode="External"/><Relationship Id="rId860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5047/requerimento_294-2021.pdf" TargetMode="External"/><Relationship Id="rId861" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5048/requerimento_295-2021.pdf" TargetMode="External"/><Relationship Id="rId862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId863" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId867" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId868" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId869" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId873" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId874" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId875" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId878" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId881" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId887" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId891" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId892" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId894" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId896" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId898" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId902" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId903" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId909" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId913" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId919" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId924" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId925" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId927" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId929" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId931" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId935" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId939" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId944" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId946" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId947" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId950" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId953" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId955" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId957" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId959" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId960" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId961" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId964" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId965" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId971" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId975" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId976" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId978" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId980" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId989" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId996" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId997" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1000" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1003" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1005" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1006" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1007" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1008" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1011" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1012" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1013" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1018" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1019" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1020" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1024" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1034" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1038" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1039" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1048" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1049" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1050" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/sapl/public/materialegislativa/2021/5831/ata_da_31a_sessao_extraordinaria_de_2021.pdf" TargetMode="External"/><Relationship Id="rId1053" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId1056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H1057"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="232.42578125" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="231.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="122.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>