--- v0 (2025-12-22)
+++ v1 (2026-03-28)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>4086</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EMLE</t>
   </si>
   <si>
     <t>Emenda Legislativo Executivo</t>
   </si>
   <si>
     <t>Gilmar José Petry, Irmão José Miranda, Julinho do Pesque, Luiz Sergio Claudino - Serjão, Paulinho Coxinha</t>
   </si>
   <si>
-    <t>https://sapl.fazendariogrande.pr.leg.br/media/</t>
+    <t>http://sapl.fazendariogrande.pr.leg.br/media/</t>
   </si>
   <si>
     <t>EMENTA: “Altera a redação do caput do art. 14° da Lei Orgânica do Município de Fazenda Rio Grande”.</t>
   </si>
   <si>
     <t>3844</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Irmão José Miranda</t>
   </si>
   <si>
     <t>Indica seja expedido oficio ao Exmo. Sr. Prefeito Municipal e a secretaria competente que realize a identificação nominal, juntamente com o Código de Endereçamento Postal (CEP) em todas as ruas do loteamento Jardim Brasil, Município de Fazenda Rio Grande- PR.</t>
   </si>
   <si>
     <t>3845</t>
   </si>
   <si>
     <t>2</t>
   </si>
@@ -5507,67 +5507,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.fazendariogrande.pr.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H628"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36.85546875" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="143.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="43" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="42.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>